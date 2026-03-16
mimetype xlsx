--- v0 (2025-10-25)
+++ v1 (2026-03-16)
@@ -54,837 +54,837 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8880</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Dra. Verônica Alcântara</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8880/pl_001-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8880/pl_001-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do nome da praça localizada no Bairro IPE, no Município de Caicó-RN, e da outras providências.</t>
   </si>
   <si>
     <t>8881</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Executivo Municipal - Gabinete do Prefeito - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8881/pl_002-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8881/pl_002-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetar e a conceder em doação terreno do Patrimônio Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>8882</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Nildson Dantas</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8882/pl_003-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8882/pl_003-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artéria Projetada em nossa cidade, e dá outras providências</t>
   </si>
   <si>
     <t>8883</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8883/pl_004-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8883/pl_004-2008.pdf</t>
   </si>
   <si>
     <t>8884</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8884/pl_005-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8884/pl_005-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artéria Projetada em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>8885</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8885/pl_006-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8885/pl_006-2008.pdf</t>
   </si>
   <si>
     <t>8886</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8886/pl_007-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8886/pl_007-2008.pdf</t>
   </si>
   <si>
     <t>8887</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Cláudio Sandêgi</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8887/pl_008-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8887/pl_008-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Calçadão, localizado na Avenida Senador José Bernardo, em nossa cidade e dá outras providências.</t>
   </si>
   <si>
     <t>8888</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8888/pl_009-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8888/pl_009-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do direito a licença gestante às servidoras públicas.</t>
   </si>
   <si>
     <t>8889</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8889/pl_010-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8889/pl_010-2008.pdf</t>
   </si>
   <si>
     <t>8890</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>José Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8890/pl_011-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8890/pl_011-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artérias Projetadas em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>8891</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8891/pl_012-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8891/pl_012-2008.pdf</t>
   </si>
   <si>
     <t>8892</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8892/pl_013-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8892/pl_013-2008.pdf</t>
   </si>
   <si>
     <t>8893</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Valdemar Araújo</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8893/pl_014-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8893/pl_014-2008.pdf</t>
   </si>
   <si>
     <t>8894</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8894/pl_015-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8894/pl_015-2008.pdf</t>
   </si>
   <si>
     <t>Faz denominação de uma Unidade Básica de Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>8895</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8895/pl_016-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8895/pl_016-2008.pdf</t>
   </si>
   <si>
     <t>8896</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8896/pl_017-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8896/pl_017-2008.pdf</t>
   </si>
   <si>
     <t>8897</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8897/pl_018-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8897/pl_018-2008.pdf</t>
   </si>
   <si>
     <t>8898</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8898/pl_019-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8898/pl_019-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artéria Projetada em nossa cidade, providências.</t>
   </si>
   <si>
     <t>8899</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8899/pl_020-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8899/pl_020-2008.pdf</t>
   </si>
   <si>
     <t>8900</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8900/pl_021-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8900/pl_021-2008.pdf</t>
   </si>
   <si>
     <t>8901</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8901/pl_22-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8901/pl_22-2008.pdf</t>
   </si>
   <si>
     <t>8902</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8902/pl_023-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8902/pl_023-2008.pdf</t>
   </si>
   <si>
     <t>8903</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8903/pl_024-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8903/pl_024-2008.pdf</t>
   </si>
   <si>
     <t>8904</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8904/pl_025-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8904/pl_025-2008.pdf</t>
   </si>
   <si>
     <t>8905</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Dilson Fontes</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8905/pl_026-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8905/pl_026-2008.pdf</t>
   </si>
   <si>
     <t>8906</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8906/pl_027-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8906/pl_027-2008.pdf</t>
   </si>
   <si>
     <t>8907</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8907/pl_028-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8907/pl_028-2008.pdf</t>
   </si>
   <si>
     <t>8908</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8908/pl_029-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8908/pl_029-2008.pdf</t>
   </si>
   <si>
     <t>8909</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8909/pl_030-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8909/pl_030-2008.pdf</t>
   </si>
   <si>
     <t>8910</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8910/pl_031-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8910/pl_031-2008.pdf</t>
   </si>
   <si>
     <t>8911</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8911/pl_032-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8911/pl_032-2008.pdf</t>
   </si>
   <si>
     <t>8920</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8920/pl_033-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8920/pl_033-2008.pdf</t>
   </si>
   <si>
     <t>9054</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9054/pl_034-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9054/pl_034-2008.pdf</t>
   </si>
   <si>
     <t>9055</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Alysson Vovô</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9055/pl_035-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9055/pl_035-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do uma artéria Projetada em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>9056</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9056/pl_036-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9056/pl_036-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do uma artéria Projetada em nossa cidade, e dá outras providências</t>
   </si>
   <si>
     <t>9057</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9057/pl_037-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9057/pl_037-2008.pdf</t>
   </si>
   <si>
     <t>9058</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9058/pl_038-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9058/pl_038-2008.pdf</t>
   </si>
   <si>
     <t>9059</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9059/pl_039-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9059/pl_039-2008.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal a “Câmara de Dirigentes Lojista de Caicó” , e dá outras providências.</t>
   </si>
   <si>
     <t>9060</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9060/pl_040-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9060/pl_040-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Logradouro Público em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>9061</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9061/pl_041-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9061/pl_041-2008.pdf</t>
   </si>
   <si>
     <t>9062</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Lobão</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9062/pl_042-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9062/pl_042-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Administrativo em nossa cidade e dá outras providências.</t>
   </si>
   <si>
     <t>9065</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9065/pl_043-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9065/pl_043-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder em Doação terreno do Patrimônio Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>9067</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9067/pl_044-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9067/pl_044-2008.pdf</t>
   </si>
   <si>
     <t>9069</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9069/pl_045-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9069/pl_045-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para a elaboração e execução da Lei Orçamentária Anual para o exercício financeiro de 2009 e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>9070</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9070/pl_046-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9070/pl_046-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilidade permanente da medicação Viagra e Similares com distribuição grátis nos Postos de Saúde.</t>
   </si>
   <si>
     <t>9071</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9071/pl_047-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9071/pl_047-2008.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal a — “ASSOCIAÇÃO DE PASTORES E OBREIROS EVANGÉLICOS DO SERIDO - APÕOES”, e dá outras providências</t>
   </si>
   <si>
     <t>9072</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9072/pl_048-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9072/pl_048-2008.pdf</t>
   </si>
   <si>
     <t>Faz doação de terreno do Patrimônio Público Municipal à Diocese de Caicó/RN e dá outras providências.</t>
   </si>
   <si>
     <t>9073</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9073/pl_049-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9073/pl_049-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a dispensar juros e multas dos débitos fiscais dos tributos._x000D_
 municipais</t>
   </si>
   <si>
     <t>9074</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9074/pl_050-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9074/pl_050-2008.pdf</t>
   </si>
   <si>
     <t>9075</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9075/pl_051-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9075/pl_051-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de um Logradouro Público no bairro Boa Passagem e dá outras providências</t>
   </si>
   <si>
     <t>9076</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9076/pl_052-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9076/pl_052-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Terminal Rodoviário que vai ser construído no bairro Raimundo Silvino da Costa, em nossa Cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>9077</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9077/pl_053-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9077/pl_053-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Federal de Educação Tecnológica do Rio Grande do Norte - CEFET /RN, e dá outras providências</t>
   </si>
   <si>
     <t>9081</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9081/pl_054-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9081/pl_054-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Quadra de Esportes que será construído no bairro Raimundo Silvino da Costa, Zona Norte de Caicó-RN, e dá outras providências</t>
   </si>
   <si>
     <t>9084</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9084/pl_055-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9084/pl_055-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça da Alimentação do Mercado Público, e dá outras providências</t>
   </si>
   <si>
     <t>9088</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9088/pl_056-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9088/pl_056-2008.pdf</t>
   </si>
   <si>
     <t>9089</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9089/pl_058-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9089/pl_058-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a transferência para a COSERN de redes elétricas e transformadores e dá outras providências.</t>
   </si>
   <si>
     <t>9090</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9090/pl_060-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9090/pl_060-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do Requisitório de Pequeno valor - RPV e dá outras providências.</t>
   </si>
   <si>
     <t>9091</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9091/pl_061-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9091/pl_061-2008.pdf</t>
   </si>
   <si>
     <t>Adota o Regime Geral de Previdência Social e dá outras providências.</t>
   </si>
   <si>
     <t>9092</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9092/pl_062-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9092/pl_062-2008.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Habitação de Interesse Social — FHIS e institui o Conselho Gestor do FHIS, e dá outra providências</t>
   </si>
   <si>
     <t>9093</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9093/pl_063-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9093/pl_063-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria Projetada em nossa cidade, e dá outras providências</t>
   </si>
   <si>
     <t>9094</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>Mesa Diretora</t>
-[...2 lines deleted...]
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9094/pl_065-2008.pdf</t>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9094/pl_065-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios do Prefeito A Vice-Prefeito, vereadores, secretários e Secretários Adjuntos do Município de Caicó/RN,_x000D_
 além de outras providências.</t>
   </si>
   <si>
     <t>9095</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9095/pl_066-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9095/pl_066-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria Projetada em nossa cidade e dá outras providências.</t>
   </si>
   <si>
     <t>9096</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9096/pl_067-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9096/pl_067-2008.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS MUNICIPAIS Nºs 4.327 e 4.328 DE 03 DE JUNHO DE 2008, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9097</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9097/pl_068-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9097/pl_068-2008.pdf</t>
   </si>
   <si>
     <t>autoriza o Poder Executivo Municipal a dispensar juros e multas, bem como conceder remissão de correção monetária, relacionados com débitos tributários e fiscais e modifica as Leis nº 3.964/2002 que modifica O Código Tributário do Município de Caicó (RN), revoga à Lei e 4.329/2008 que autoriza O Poder Executivo Municipal a dispensar juros e multas dos débitos fiscais, no que couber, &amp; dá outras providências.</t>
   </si>
   <si>
     <t>9098</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9098/pl_069-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9098/pl_069-2008.pdf</t>
   </si>
   <si>
     <t>9099</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9099/pl_070-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9099/pl_070-2008.pdf</t>
   </si>
   <si>
     <t>9100</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9100/pl_071-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9100/pl_071-2008.pdf</t>
   </si>
   <si>
     <t>INSTITUI A VERBA INDENIZATÓRIA NA CÂMARA MUNICIPAL DE CAICÓ/RN, PELO EXERCÍCIO PARLAMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9101</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Edevaldo Maia</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9101/pl_073-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9101/pl_073-2008.pdf</t>
   </si>
   <si>
     <t>9102</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9102/pl_074-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9102/pl_074-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca da regulamentação de Praças e loteamentos na cidade de Caicó e dá outras providências</t>
   </si>
   <si>
     <t>9103</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9103/pl_075-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9103/pl_075-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios do Prefeito e Vice-Prefeito do Município de Caicó/RN e dá outras providências</t>
   </si>
   <si>
     <t>9104</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9104/pl_076-2008.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9104/pl_076-2008.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1188,67 +1188,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8880/pl_001-2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8881/pl_002-2008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8882/pl_003-2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8883/pl_004-2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8884/pl_005-2008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8885/pl_006-2008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8886/pl_007-2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8887/pl_008-2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8888/pl_009-2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8889/pl_010-2008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8890/pl_011-2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8891/pl_012-2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8892/pl_013-2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8893/pl_014-2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8894/pl_015-2008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8895/pl_016-2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8896/pl_017-2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8897/pl_018-2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8898/pl_019-2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8899/pl_020-2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8900/pl_021-2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8901/pl_22-2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8902/pl_023-2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8903/pl_024-2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8904/pl_025-2008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8905/pl_026-2008.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8906/pl_027-2008.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8907/pl_028-2008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8908/pl_029-2008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8909/pl_030-2008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8910/pl_031-2008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8911/pl_032-2008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8920/pl_033-2008.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9054/pl_034-2008.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9055/pl_035-2008.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9056/pl_036-2008.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9057/pl_037-2008.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9058/pl_038-2008.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9059/pl_039-2008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9060/pl_040-2008.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9061/pl_041-2008.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9062/pl_042-2008.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9065/pl_043-2008.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9067/pl_044-2008.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9069/pl_045-2008.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9070/pl_046-2008.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9071/pl_047-2008.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9072/pl_048-2008.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9073/pl_049-2008.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9074/pl_050-2008.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9075/pl_051-2008.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9076/pl_052-2008.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9077/pl_053-2008.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9081/pl_054-2008.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9084/pl_055-2008.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9088/pl_056-2008.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9089/pl_058-2008.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9090/pl_060-2008.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9091/pl_061-2008.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9092/pl_062-2008.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9093/pl_063-2008.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9094/pl_065-2008.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9095/pl_066-2008.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9096/pl_067-2008.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9097/pl_068-2008.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9098/pl_069-2008.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9099/pl_070-2008.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9100/pl_071-2008.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9101/pl_073-2008.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9102/pl_074-2008.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9103/pl_075-2008.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9104/pl_076-2008.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8880/pl_001-2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8881/pl_002-2008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8882/pl_003-2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8883/pl_004-2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8884/pl_005-2008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8885/pl_006-2008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8886/pl_007-2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8887/pl_008-2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8888/pl_009-2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8889/pl_010-2008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8890/pl_011-2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8891/pl_012-2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8892/pl_013-2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8893/pl_014-2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8894/pl_015-2008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8895/pl_016-2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8896/pl_017-2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8897/pl_018-2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8898/pl_019-2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8899/pl_020-2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8900/pl_021-2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8901/pl_22-2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8902/pl_023-2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8903/pl_024-2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8904/pl_025-2008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8905/pl_026-2008.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8906/pl_027-2008.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8907/pl_028-2008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8908/pl_029-2008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8909/pl_030-2008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8910/pl_031-2008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8911/pl_032-2008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/8920/pl_033-2008.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9054/pl_034-2008.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9055/pl_035-2008.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9056/pl_036-2008.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9057/pl_037-2008.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9058/pl_038-2008.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9059/pl_039-2008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9060/pl_040-2008.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9061/pl_041-2008.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9062/pl_042-2008.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9065/pl_043-2008.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9067/pl_044-2008.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9069/pl_045-2008.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9070/pl_046-2008.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9071/pl_047-2008.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9072/pl_048-2008.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9073/pl_049-2008.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9074/pl_050-2008.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9075/pl_051-2008.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9076/pl_052-2008.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9077/pl_053-2008.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9081/pl_054-2008.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9084/pl_055-2008.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9088/pl_056-2008.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9089/pl_058-2008.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9090/pl_060-2008.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9091/pl_061-2008.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9092/pl_062-2008.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9093/pl_063-2008.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9094/pl_065-2008.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9095/pl_066-2008.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9096/pl_067-2008.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9097/pl_068-2008.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9098/pl_069-2008.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9099/pl_070-2008.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9100/pl_071-2008.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9101/pl_073-2008.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9102/pl_074-2008.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9103/pl_075-2008.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2008/9104/pl_076-2008.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="44.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>