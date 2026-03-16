--- v0 (2025-10-30)
+++ v1 (2026-03-16)
@@ -54,850 +54,850 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8424</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8424/pl_001-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8424/pl_001-2009.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI Nº 4.348/2008 QUE DISPÕE ACERCA DA VERBA INDENIZATÓRIA NO AMBITO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8425</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Executivo Municipal - Gabinete do Prefeito - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8425/pl_003-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8425/pl_003-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO DA TABELA REMUNERATÓRIA DO MAGISTÉRIO MUNICIPAL EM CONFORMIDADE COM A LEI FEDERAL Nº 11,738/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8426</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Sandoval Silva</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8426/pl_005-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8426/pl_005-2009.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal a “ASSOCIAÇÃO DE DESENVOLVIMENTO COMUNITÁRIA RURAL DO SOBRADINHO - ADCS”,_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>8427</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8427/pl_007-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8427/pl_007-2009.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetar e a conceder em doação terreno do Patrimônio Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>8428</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8428/pl_008-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8428/pl_008-2009.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetar e à conceder em doação terreno do Patrimônio Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>8429</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8429/pl_009-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8429/pl_009-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE REMUNERAÇÃO PARA OS CARGOS DE PROVIMENTO EM COMISSÃO: 'PROCURADOR(A) JURÍDICO- GERAL, PROCURADOR(A) ADJUNTO, CONTROLADOR(A) GERAL, CONTROLADOR(A) ADJUNTO, TESOUREIRO(A), ASSESSORES, SUB-PREFEITO, COORDENADORES E SUBCOORDENADORES DO MUNICÍPIO DE CAICÓ (PREFEITURA MUNICIPAL) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8430</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Miltão Batista</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8430/pl_010-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8430/pl_010-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e delimitação logradouro de DISTRITO BARRA DA ESPINGARDA e dá outras providências.</t>
   </si>
   <si>
     <t>8431</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Valdemar Araújo</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8431/pl_011-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8431/pl_011-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Logradouro Público em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>8432</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8432/pl_013-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8432/pl_013-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Posto de Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>8433</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8433/pl_015-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8433/pl_015-2009.pdf</t>
   </si>
   <si>
     <t>Estabelece a criação e incorporação de Distrito Palma à organização política e administrativa de Caicó/RN, ratifica atos e ações administrativas e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>8434</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8434/pl_017-2010.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8434/pl_017-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE REMUNERAÇÃO AO CARGO COMISSIONADO DE OUVIDOR MUNICIPAL DA PREFEITURA MUNICIPAL DE CAICÓ E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8435</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Dilson Fontes</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8435/pl_018-2010.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8435/pl_018-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA ADUTORA A SER CONSTRUÍDA NO DISTRITO DE LAGINHAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8436</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8436/pl_019-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8436/pl_019-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação o Hospital do Seridó, e dá outras providências.</t>
   </si>
   <si>
     <t>8437</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8437/pl_020-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8437/pl_020-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Adutora do Distrito Palma e dá outras providências.</t>
   </si>
   <si>
     <t>8438</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8438/pl_021-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8438/pl_021-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Adutora da Comunidade Barra da Espingarda e dá outras providências.</t>
   </si>
   <si>
     <t>8439</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8439/pl_022-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8439/pl_022-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça da Alimentação do novo Mercado Público e dá outras providências.</t>
   </si>
   <si>
     <t>8440</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8440/pl_024-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8440/pl_024-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para a elaboração e execução da Lei  Orçamentária Anual para o exercício financeiro de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>8442</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8442/pl_025-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8442/pl_025-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria Projetada em nossa cidade e dá outras providências.</t>
   </si>
   <si>
     <t>8445</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8445/pl_026-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8445/pl_026-2009.pdf</t>
   </si>
   <si>
     <t>Dispõem sobre a denominação de uma artéria projetada em nossa cidade e dá outras providências.</t>
   </si>
   <si>
     <t>8448</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8448/pl_028-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8448/pl_028-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a postagem ou remessa direta de avisos de cobrança no prazo mínimo de dez dias anteriores ao vencimento da obrigação e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>8451</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8451/pl_029-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8451/pl_029-2009.pdf</t>
   </si>
   <si>
     <t>Denomina o Açude Público Mundo Novo.</t>
   </si>
   <si>
     <t>8452</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8452/pl_030-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8452/pl_030-2009.pdf</t>
   </si>
   <si>
     <t>Denomina o Laboratório da Fundação Hospitalar "Dr. Carlindo Dantas”</t>
   </si>
   <si>
     <t>8454</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8454/pl_031-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8454/pl_031-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Cozinha do Hospital do Seridó e dá outras providências.</t>
   </si>
   <si>
     <t>8455</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8455/pl_032-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8455/pl_032-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artéria Projetada em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>8458</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Paulo Roque</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8458/pl_033-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8458/pl_033-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Clínico do Bairro Paraíba e dá outras providências.</t>
   </si>
   <si>
     <t>8463</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8463/pl_034-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8463/pl_034-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria Projetada em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>8466</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8466/pl_035-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8466/pl_035-2009.pdf</t>
   </si>
   <si>
     <t>8468</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8468/pl_036-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8468/pl_036-2009.pdf</t>
   </si>
   <si>
     <t>8469</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8469/pl_037-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8469/pl_037-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma Barragem, no Município de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>8470</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8470/pl_038-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8470/pl_038-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMIÇÃO UMA PRAÇA NO BAIRRO BARRA NOVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8472</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8472/pl_039-2010.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8472/pl_039-2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Artigo 5º de Lei nº 4.342 de 25 de novembro de 2008, e dá outras providências.</t>
   </si>
   <si>
     <t>8473</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8473/pl_040-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8473/pl_040-2009.pdf</t>
   </si>
   <si>
     <t>8475</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Lobão</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8475/pl_041-2010.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8475/pl_041-2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Prédio sede da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>8477</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8477/pl_042-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8477/pl_042-2009.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a dispensar juros e multas dos débitos fiscais dos tributos municipais.</t>
   </si>
   <si>
     <t>8480</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8480/pl_043-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8480/pl_043-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas de competência municipal objetivando a implantação no âmbito local do Estatuto Nacional da Microempresa - ME e da_x000D_
 Empresa de Pequeno Porte - EPP, instituído pela Lei Complementar nº 123, de 14 de dezembro de2006 e alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>8486</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8486/pl_044-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8486/pl_044-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de um Logradouro Público Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>8488</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8488/pl_045-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8488/pl_045-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Prédio sede da Sub Prefeitura, no Distrito Palma e dá outras providências.</t>
   </si>
   <si>
     <t>8490</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8490/pl_046-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8490/pl_046-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma barragem construída sobre o rio Seridó e dá outras providências.</t>
   </si>
   <si>
     <t>8491</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8491/pl_047-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8491/pl_047-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Administrativo em nossa cidade e dá outras providências.</t>
   </si>
   <si>
     <t>8497</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8497/pl_048-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8497/pl_048-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA ASSESSORIA JURIDICA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E ESPORTES E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8499</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Cláudio Sandêgi</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8499/pl_049-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8499/pl_049-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua, localizada no Bairro ltans, em nossa cidade e dá outras providências.</t>
   </si>
   <si>
     <t>8501</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8501/pl_050-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8501/pl_050-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO QUADRO PERMANENTE DA PREFEITURA MUNICIPAL DE CAICÓ, AMPLIA O NÚMERO DE VAGAS JÁ EXISTENTES, TRANSFORMA E CRIA NOVOS CARGOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8503</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8503/pl_051-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8503/pl_051-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a execução do Hino Nacional Brasileiro nas Escolas Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>8504</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8504/pl_052-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8504/pl_052-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro de Recuperação Infantil - CRI e Centro de Recuperação de Adulto - CRA, e dá outras providências.</t>
   </si>
   <si>
     <t>8505</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8505/pl_053-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8505/pl_053-2009.pdf</t>
   </si>
   <si>
     <t>8506</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8506/pl_054-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8506/pl_054-2009.pdf</t>
   </si>
   <si>
     <t>Proíbe o consumo de cigarros, charutos, cachimbos cigarrilhas, ou de qualquer outro produto fumigeno, derivado ou não do tabaco, na forma que especifica.</t>
   </si>
   <si>
     <t>8507</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8507/pl_056-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8507/pl_056-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE OBRIGATORIEDADE DE KITS ESCOLARES NA REDE MUNICIPAL DE ENSINO DA CIDADE DE CAICÓ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8510</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8510/pl_057-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8510/pl_057-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Quadra de Esportes do Centro Educacional Dr. José Augusto, e dá outras providências.</t>
   </si>
   <si>
     <t>8512</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8512/pl_058-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8512/pl_058-2009.pdf</t>
   </si>
   <si>
     <t>8526</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8526/pl_059-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8526/pl_059-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Matadouro Público Municipal, em construção na Fazenda Baixa Verde e dá outras providências.</t>
   </si>
   <si>
     <t>8527</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8527/pl_062-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8527/pl_062-2009.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de imóvel pelo Poder Executivo Municipal para fins que específica e dá outras providências.</t>
   </si>
   <si>
     <t>8529</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8529/pl_063-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8529/pl_063-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade Banheiros Públicos em Agências Bancárias e da outras providências.</t>
   </si>
   <si>
     <t>8530</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8530/pl_065-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8530/pl_065-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Vila 1 do Perímetro Irrigado Itans Sabugí e dá outras providências.</t>
   </si>
   <si>
     <t>8531</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8531/pl_069-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8531/pl_069-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade Por parte de Motéis, Cabarés e Similares a distribuição de preservativos, &amp; dá outras providências.</t>
   </si>
   <si>
     <t>8533</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8533/pl_070-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8533/pl_070-2009.pdf</t>
   </si>
   <si>
     <t>Ratifica os termos do Protocolo de Intenções do Consócio Público Regional de Resíduos Sólidos do Seridó, firmado ENTRE O Governo do Estado_x000D_
 é Prefeituras Municipais, e da outras providências.</t>
   </si>
   <si>
     <t>8534</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8534/pl_072-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8534/pl_072-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE PLEBISCITO POPULAR PARA SUBSTITUIÇÃO NA DENOMINAÇÃO DE AVENIDA SERIDO PARA AVENIDA DOM MANUEL TAVARES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8536</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8536/pl_073-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8536/pl_073-2009.pdf</t>
   </si>
   <si>
     <t>8538</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8538/pl_074-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8538/pl_074-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE JOSÉ AMÉRICO DE ALMEIDA AO AÇUDE ITANS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8540</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8540/pl_076-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8540/pl_076-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE PAGAMENTO DE TAXA DE INSCRIÇÃO EM CONCURSO PÚBLICO NO ÂMBITO MUNICIPAL, NOS CASOS EM QUE_x000D_
 ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8541</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8541/pl_078-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8541/pl_078-2009.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a dispensar juros e multas, bem como conceder remissão de correção monetária, relacionados com débitos tributários e fiscais e modifica as Leis nº 3.964/2002 que modifica o Código Tributário do Município de Caicó (RN), revoga a Lei e 4.366/2009 que autoriza o Poder Executivo Municipal a dispensar juros e multas dos débitos fiscais, no que couber, e dá outras providências.</t>
   </si>
   <si>
     <t>8543</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8543/pl_079-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8543/pl_079-2009.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA-SE DISPOSITIVIOS NAS LEIS MUNICIPAIS N.(S) 4.386, DE 05 DE NOVEMBRO DE 2009, E LEI N.º 4.384, DE 20 DE OUTUBRO DE 2009, E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8544</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8544/pl_082-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8544/pl_082-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de mais uma Praça de Táxi em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>8546</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>Mesa Diretora</t>
-[...2 lines deleted...]
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8546/pl_083-2009.pdf</t>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8546/pl_083-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei nº 4.349 de 17 de dezembro de 2008 que instituiu o 13º subsídio ao vereador e dá outras providências.</t>
   </si>
   <si>
     <t>8548</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8548/pl_085-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8548/pl_085-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Distrito Industrial, e dá outras providências.</t>
   </si>
   <si>
     <t>8550</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8550/pl_086-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8550/pl_086-2009.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3.964 de 30 de dezembro de 2002 que modificou o Código Tributário do Municipal de Caicó (RN), estabelece normas para_x000D_
 lançamento, recolhimento e isenção da Contribuição Social de Iluminação Pública, e dá outras providências.</t>
   </si>
   <si>
     <t>8551</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8551/pl_087-2009.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8551/pl_087-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS ESTRATÉGIAS PARA EVITAR A PROLIFERAÇÃO DO VÍRUS HINI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1204,67 +1204,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8424/pl_001-2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8425/pl_003-2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8426/pl_005-2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8427/pl_007-2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8428/pl_008-2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8429/pl_009-2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8430/pl_010-2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8431/pl_011-2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8432/pl_013-2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8433/pl_015-2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8434/pl_017-2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8435/pl_018-2010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8436/pl_019-2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8437/pl_020-2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8438/pl_021-2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8439/pl_022-2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8440/pl_024-2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8442/pl_025-2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8445/pl_026-2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8448/pl_028-2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8451/pl_029-2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8452/pl_030-2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8454/pl_031-2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8455/pl_032-2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8458/pl_033-2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8463/pl_034-2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8466/pl_035-2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8468/pl_036-2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8469/pl_037-2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8470/pl_038-2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8472/pl_039-2010.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8473/pl_040-2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8475/pl_041-2010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8477/pl_042-2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8480/pl_043-2009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8486/pl_044-2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8488/pl_045-2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8490/pl_046-2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8491/pl_047-2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8497/pl_048-2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8499/pl_049-2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8501/pl_050-2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8503/pl_051-2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8504/pl_052-2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8505/pl_053-2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8506/pl_054-2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8507/pl_056-2009.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8510/pl_057-2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8512/pl_058-2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8526/pl_059-2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8527/pl_062-2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8529/pl_063-2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8530/pl_065-2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8531/pl_069-2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8533/pl_070-2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8534/pl_072-2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8536/pl_073-2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8538/pl_074-2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8540/pl_076-2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8541/pl_078-2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8543/pl_079-2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8544/pl_082-2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8546/pl_083-2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8548/pl_085-2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8550/pl_086-2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8551/pl_087-2009.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8424/pl_001-2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8425/pl_003-2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8426/pl_005-2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8427/pl_007-2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8428/pl_008-2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8429/pl_009-2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8430/pl_010-2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8431/pl_011-2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8432/pl_013-2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8433/pl_015-2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8434/pl_017-2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8435/pl_018-2010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8436/pl_019-2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8437/pl_020-2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8438/pl_021-2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8439/pl_022-2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8440/pl_024-2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8442/pl_025-2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8445/pl_026-2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8448/pl_028-2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8451/pl_029-2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8452/pl_030-2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8454/pl_031-2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8455/pl_032-2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8458/pl_033-2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8463/pl_034-2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8466/pl_035-2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8468/pl_036-2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8469/pl_037-2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8470/pl_038-2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8472/pl_039-2010.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8473/pl_040-2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8475/pl_041-2010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8477/pl_042-2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8480/pl_043-2009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8486/pl_044-2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8488/pl_045-2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8490/pl_046-2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8491/pl_047-2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8497/pl_048-2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8499/pl_049-2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8501/pl_050-2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8503/pl_051-2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8504/pl_052-2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8505/pl_053-2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8506/pl_054-2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8507/pl_056-2009.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8510/pl_057-2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8512/pl_058-2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8526/pl_059-2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8527/pl_062-2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8529/pl_063-2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8530/pl_065-2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8531/pl_069-2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8533/pl_070-2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8534/pl_072-2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8536/pl_073-2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8538/pl_074-2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8540/pl_076-2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8541/pl_078-2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8543/pl_079-2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8544/pl_082-2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8546/pl_083-2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8548/pl_085-2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8550/pl_086-2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2009/8551/pl_087-2009.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="44.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>