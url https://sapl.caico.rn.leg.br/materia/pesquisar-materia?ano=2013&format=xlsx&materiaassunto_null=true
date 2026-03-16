--- v0 (2025-10-20)
+++ v1 (2026-03-16)
@@ -54,927 +54,927 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8810</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Lobão</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8810/pl_043-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8810/pl_043-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor estabelecido dos subsídios dos vereadores para o período legislativo em curso, tudo em conformidade ao que diz a Lei nº.549/2012.</t>
   </si>
   <si>
     <t>8663</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>Mesa Diretora</t>
-[...2 lines deleted...]
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8663/pl_079-2013.pdf</t>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8663/pl_079-2013.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.509 de 23 de dezembro de 2011 que consolida o número de Cargos existentes na Câmara Municipal de Caicó, suas formas de provimento e respectivas funções, reajusta seus salários e dá outras providencias.</t>
   </si>
   <si>
     <t>8811</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>José Rangel</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8811/pl_081-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8811/pl_081-2013.pdf</t>
   </si>
   <si>
     <t>Reconhece como utilidade pública a Agência de Desenvolvimento Sustentável do Seridó - ADESE</t>
   </si>
   <si>
     <t>8664</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Nildson Dantas</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8664/pl_082-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8664/pl_082-2013.pdf</t>
   </si>
   <si>
     <t>Que cria ficha limpa para os ocupantes de cargos comissionados no poder legislativo, e da outras providências.</t>
   </si>
   <si>
     <t>8673</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Robson Araújo - Batata</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8673/pl_083-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8673/pl_083-2013.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal a ASSOCIAÇÃO DOS BARRAQUEIROS DO CAICÓ — ABC e dá outras providências.</t>
   </si>
   <si>
     <t>8812</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8812/pl_084-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8812/pl_084-2013.pdf</t>
   </si>
   <si>
     <t>Proíbe a utilização de quadros negros é giz à base de óxido de cálcio em todas as Escolas da Rede Municipal, e da outras providências.</t>
   </si>
   <si>
     <t>8814</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Dilson Fontes</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8814/pl_085-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8814/pl_085-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE CAMILO GARCIA DANTAS A PONTE SOBRE O RIO SERIDO LOCALIZADA NO TRECHO DO CONTORNO RODOVIÁRIA_x000D_
 QUE COMPREENDE A RN 228 COM ACESO A BR 427, PRECISAMENTE NO GIRADOURO COM SAÍDA PARA O MUNICÍPIO DE SERRA NEGRA DO_x000D_
 NORTE/RN E RETORNO PARA CAICÓIRN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8815</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8815/pl_086-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8815/pl_086-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE ELINO JULIÃO A PONTE SOBRE O RIO SERIDÓ, LOCALIZADA NO TRECHO DO CONTORNO RODOVIÁRIO QUE _x000D_
 VAI PELO ACESSO PELA BR 427, NAS PROXIMIDADES DO BAIRRO ITANS ATÉ A RN 228, NO MUNICÍPIO DE CAICÓRN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8674</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8674/pl_087-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8674/pl_087-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da colocação em pato a salas de aula de cadeiras de braços para alunos canhotos, na rede municipal de ensino, e da outras providências.</t>
   </si>
   <si>
     <t>8816</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8816/pl_088-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8816/pl_088-2013.pdf</t>
   </si>
   <si>
     <t>DETERMINA O TOMBAMENTO DEFINITIVO COMO PATRIMÔNIO HISTÓRICO E CULTURAL DO MUNICÍPIO DE CAICÓIRN A ÁREA CONHECIDA COMO SERROTE DA CRUZ, ONDE ESTÁ CONSTRUÍDA A CAPELA DE SÃO SEBASTIÃO, NO COMPLEXO TURÍSTICO ILHA DE SANTANA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8675</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Djalma Mota</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8675/pl_089-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8675/pl_089-2013.pdf</t>
   </si>
   <si>
     <t>Institui a Logomarca Oficial do Município de Caicó-RN e dá outras providências.</t>
   </si>
   <si>
     <t>8676</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8676/pl_090-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8676/pl_090-2013.pdf</t>
   </si>
   <si>
     <t>PROIBE A CRIAÇÃO DE SLOGANS PUBLICITÁRIOS NO MUNICÍPIO DE CAICÓ/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8817</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8817/pl_091-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8817/pl_091-2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE incentivo fiscal às empresas de eventos que assegurar apresentação de cantores ou grupos musicais locais, e dá outras providências</t>
   </si>
   <si>
     <t>8818</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8818/pl_092-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8818/pl_092-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ocupação de espaços públicos no âmbito do Município de Caicó-RN e dá outras providências.</t>
   </si>
   <si>
     <t>8677</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Mara Costa</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8677/pl_093-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8677/pl_093-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de painel Opaco entre os caixas e os clientes em espera em todas as agências bancárias localizadas no municipio de Caicó e dá_x000D_
  outras providências.</t>
   </si>
   <si>
     <t>8819</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Alisson Jackson</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8819/pl_097-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8819/pl_097-2013.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a denominação de uma artéria em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>8678</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8678/pl_098-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8678/pl_098-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de rua no Município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>8680</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8680/pl_099-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8680/pl_099-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE UM BANCO DE ESPERMA E REGULAMENTAÇÃO DA REPRODUÇÃO ASSISTIDA NA CIDADE DE CAICÓIRN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8682</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Rubão Germano</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8682/pl_100-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8682/pl_100-2013.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a cota de 10% de casas habitacionais destinadas aos funcionários municipais através do programa Minha Casa Minha Vida.</t>
   </si>
   <si>
     <t>8684</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8684/pl_101-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8684/pl_101-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE HOSPITAIS E CLÍNICAS PARTICULARES EXIBIREM DE FORMA CLARA E DE FÁCIL ACESSO TABELA COM OS PREÇOS DE TODOS OS SERVIÇOS PRESTADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8686</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8686/pl_103-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8686/pl_103-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE VALE-ALIMENTAÇÃO AOS GARIS DO MUNICÍPIO DE CAICÓIRN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8688</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8688/pl_104-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8688/pl_104-2013.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito da cidade de Caicó a Semana de Prevenção e Combate à Depressão Pós-parto, e ainda dispõe sobre as diretrizes da conscientização_x000D_
 quanto à prevenção. diagnóstico e do próprio tratamento depressão pós-parto na rede pública de saúde da cidade de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>8820</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8820/pl_105-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8820/pl_105-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exigência de realização de exame médico e sua renovação anual, por alunos de academias de ginástica e para participantes de competições esportivas realizadas no município de Caicó - RN seja qual for a entidade ou responsável pela competição, e dá outras providências.</t>
   </si>
   <si>
     <t>8821</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8821/pl_106-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8821/pl_106-2013.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios para a contratação de fornecedores no âmbito dos Poderes do Executivo e Legislativo do Município de Caicó - RN, e dá outras providências.</t>
   </si>
   <si>
     <t>8689</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8689/pl_107-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8689/pl_107-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O APRENDIZADO DA LETRA E MÚSICA DO HINO DE CAICÓ/RN, AOS ALUNOS DA REDE PÚBLICA MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>8822</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Executivo Municipal - Gabinete do Prefeito - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8822/pl_108-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8822/pl_108-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a dispensar juros e multas dos débitos fiscais referentes ao Imposto sobre Serviços de Qualquer Natureza_x000D_
 (ISS) e dá outras providências.</t>
   </si>
   <si>
     <t>8823</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8823/pl_109-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8823/pl_109-2013.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº4.599/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>8691</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8691/pl_110-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8691/pl_110-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SELO “EMPRESA AMIGA DO MEIO AMBIENTE” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8692</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/</t>
+    <t>http://sapl.caico.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Cria o dia municipal do Ciclista e dá outras providências.</t>
   </si>
   <si>
     <t>8693</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8693/pl_112-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8693/pl_112-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria Projetada em nossa cidade, e dá outra providências.</t>
   </si>
   <si>
     <t>8694</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8694/pl_113-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8694/pl_113-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO EDUCADOR SOCIAL EM CAICÓ/RN.</t>
   </si>
   <si>
     <t>8695</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8695/pl_114-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8695/pl_114-2013.pdf</t>
   </si>
   <si>
     <t>Retifica e revoga a Lei nº 4.320, de 13 de maio de 2008, que concedera em Doação terreno do Patrimônio Municipal, ao Grupo Reviver de Apoio_x000D_
 à Vida e dá outras providências.</t>
   </si>
   <si>
     <t>8696</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8696/pl_115-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8696/pl_115-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO POETA TROVADOR NO MUNICÍPIO DE CAICÓ/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8825</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Cicero Bezerra (Mancuso)</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8825/pl_116-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8825/pl_116-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE DESARMAMENTO INFANTIL NOS ESTABELECIMENTOS MUNICIPAIS DE ENSINO.</t>
   </si>
   <si>
     <t>8698</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Alex Dantas</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8698/pl_117-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8698/pl_117-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação de medidas a serem tomadas no âmbito da Administração Pública Municipal em decorrência da prática de assédio moral e da outras providências.</t>
   </si>
   <si>
     <t>8701</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8701/pl_118-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8701/pl_118-2013.pdf</t>
   </si>
   <si>
     <t>Adota o Diário Oficial dos Municípios do Estado do Rio Grande do Norte, instituído e administrado pela FEMURN, como meio oficial de comunicação dos atos normativos e administrativos do Município de Caicó.</t>
   </si>
   <si>
     <t>8826</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Odair Diniz</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8826/pl_119-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8826/pl_119-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO E LEGISLATIVO MUNICIPAL ACONCEDER UM DIA DE FOLGA REMUNERADA AOS SERVIDORES PÚBLICOS MUNICIPAIS EFETIVOS, NA DATA DE SEUS ANIVERSÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8827</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8827/pl_120-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8827/pl_120-2013.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a distribuição de protetor solar no serviço público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>8828</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8828/pl_121-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8828/pl_121-2013.pdf</t>
   </si>
   <si>
     <t>Define e penaliza o desperdício de água e dá outras providências.</t>
   </si>
   <si>
     <t>8704</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8704/pl_122-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8704/pl_122-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria Projetada em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>8830</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8830/pl_123-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8830/pl_123-2013.pdf</t>
   </si>
   <si>
     <t>8707</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8707/pl_125-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8707/pl_125-2013.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a implantação do Programa “Outubro Rosa”.</t>
   </si>
   <si>
     <t>8709</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8709/pl_126-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8709/pl_126-2013.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Meio Ambiente e dá outras providências.</t>
   </si>
   <si>
     <t>8831</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8831/pl_127-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8831/pl_127-2013.pdf</t>
   </si>
   <si>
     <t>CRIA PROGRAMA DE CAPACITAÇÃO DE SERVIDORES PARA A PRESTAÇÃO DE PRIMEIROS SOCORROS NAS CRECHES E ESCOLAS DA REDE MUNICIPAL PÚBLICA DE ENSINO DA CIDADE DE CAICÓ/RN</t>
   </si>
   <si>
     <t>8711</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8711/pl_128-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8711/pl_128-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS CRITÉRIOS DE CONCESSÃO DE SERVIÇOS DE LANCHES E BEBIDAS DISTRIBUÍDAS NA FESTA DA CRIANÇA, REALIZADA PELA PREFEITURA E CAICÓIRN.</t>
   </si>
   <si>
     <t>8712</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8712/pl_129-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8712/pl_129-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE UM LOGRADOURO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8832</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8832/pl_130-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8832/pl_130-2013.pdf</t>
   </si>
   <si>
     <t>8714</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8714/pl_131-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8714/pl_131-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de um logradouro público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>8833</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8833/pl_132-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8833/pl_132-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE UM LOGRADOURO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8715</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8715/pl_133-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8715/pl_133-2013.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal, a ASSOCIAÇÃO CANTO CORAL SERTÃO ENCANTO - ASSEN, e dá outras providências.</t>
   </si>
   <si>
     <t>8834</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8834/pl_134-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8834/pl_134-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de um Logradouro Público Municipal, e dá outras providencias</t>
   </si>
   <si>
     <t>8835</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8835/pl_135-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8835/pl_135-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE UM LOGRADOURO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS,</t>
   </si>
   <si>
     <t>8717</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8717/pl_136-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8717/pl_136-2013.pdf</t>
   </si>
   <si>
     <t>8836</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8836/pl_137-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8836/pl_137-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tráfego de caminhões e veículos pesados no Município de Caicó/RN, e dá outras providências</t>
   </si>
   <si>
     <t>8718</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8718/pl_138-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8718/pl_138-2013.pdf</t>
   </si>
   <si>
     <t>8726</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8726/pl_139-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8726/pl_139-2013.pdf</t>
   </si>
   <si>
     <t>8727</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8727/pl_140-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8727/pl_140-2013.pdf</t>
   </si>
   <si>
     <t>8729</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8729/pl_141-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8729/pl_141-2013.pdf</t>
   </si>
   <si>
     <t>Determina a obrigatoriedade do município de Caicó que de conceder tratamento diferenciado e favorecido às microempresas e empresas de pequeno porte nas contratações públicas no Município de Caicó/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>8731</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8731/pl_142-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8731/pl_142-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>8733</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8733/pl_143-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8733/pl_143-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de um Logradouro Público Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>8735</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8735/pl_144-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8735/pl_144-2013.pdf</t>
   </si>
   <si>
     <t>8737</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8737/pl_145-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8737/pl_145-2013.pdf</t>
   </si>
   <si>
     <t>8739</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8739/pl_146-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8739/pl_146-2013.pdf</t>
   </si>
   <si>
     <t>8837</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8837/pl_147-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8837/pl_147-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Aplicação de Multa ao Cidadão que for Flagrado Jogando Lixo nos Logradouros Públicos Fora dos Equipamentos Destinados Para Este fim e dá Outras Providências.</t>
   </si>
   <si>
     <t>8740</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8740/pl_148-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8740/pl_148-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de agendamento de consultas e entrega domiciliar de medicamentos de uso continuo a idosos e dá outras providências.</t>
   </si>
   <si>
     <t>8742</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8742/pl_149-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8742/pl_149-2013.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO COMUNITÁRIA E CULTURAL DOS AMIGOS DA IRMANDADE DOS HOMENS PRETOS_x000D_
 DO ROSÁRIO DE CAICÓ/RN.</t>
   </si>
   <si>
     <t>8744</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8744/pl_150-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8744/pl_150-2013.pdf</t>
   </si>
   <si>
     <t>EMENDA A LEI ORGÂNICA ALTERA O ART. 17 DA LEI ORGÂNICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>8746</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8746/pl_151-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8746/pl_151-2013.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Desenvolvimento Sustentável o Solidário 'CMDS), e dá outras Providências.</t>
   </si>
   <si>
     <t>8750</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8750/pl_152-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8750/pl_152-2013.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Prorrogação da Licença à Gestante e à Adotante, estabelece os critérios de adesão ao Programa e dá outras providências.</t>
   </si>
   <si>
     <t>8752</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8752/pl_153-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8752/pl_153-2013.pdf</t>
   </si>
   <si>
     <t>Cria o Dia Municipal do Terço, e dá outras providências.</t>
   </si>
   <si>
     <t>8838</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8838/pl_155-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8838/pl_155-2013.pdf</t>
   </si>
   <si>
     <t>Acrescenta o &amp; 10, ao art. 245, da Lei Complementar nº 4.620/2013, de 02 de outubro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>8754</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8754/pl_156-2013.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8754/pl_156-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CAICÓ A FIRMAR CONVÊNIO COM O SERVIÇO SOCIAL DA INDÚSTRIA — DEPARTAMENTO REGIONAL DO RIO_x000D_
 GRANDE DO NORTE — SESI — DRIRN, PARA A IMPLANTAÇÃO DO PROJETO “SESI INDÚSTRIA DO CONHECIMENTO”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1282,67 +1282,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8810/pl_043-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8663/pl_079-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8811/pl_081-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8664/pl_082-2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8673/pl_083-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8812/pl_084-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8814/pl_085-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8815/pl_086-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8674/pl_087-2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8816/pl_088-2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8675/pl_089-2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8676/pl_090-2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8817/pl_091-2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8818/pl_092-2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8677/pl_093-2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8819/pl_097-2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8678/pl_098-2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8680/pl_099-2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8682/pl_100-2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8684/pl_101-2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8686/pl_103-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8688/pl_104-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8820/pl_105-2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8821/pl_106-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8689/pl_107-2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8822/pl_108-2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8823/pl_109-2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8691/pl_110-2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8693/pl_112-2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8694/pl_113-2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8695/pl_114-2013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8696/pl_115-2013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8825/pl_116-2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8698/pl_117-2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8701/pl_118-2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8826/pl_119-2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8827/pl_120-2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8828/pl_121-2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8704/pl_122-2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8830/pl_123-2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8707/pl_125-2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8709/pl_126-2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8831/pl_127-2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8711/pl_128-2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8712/pl_129-2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8832/pl_130-2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8714/pl_131-2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8833/pl_132-2013.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8715/pl_133-2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8834/pl_134-2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8835/pl_135-2013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8717/pl_136-2013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8836/pl_137-2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8718/pl_138-2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8726/pl_139-2013.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8727/pl_140-2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8729/pl_141-2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8731/pl_142-2013.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8733/pl_143-2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8735/pl_144-2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8737/pl_145-2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8739/pl_146-2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8837/pl_147-2013.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8740/pl_148-2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8742/pl_149-2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8744/pl_150-2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8746/pl_151-2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8750/pl_152-2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8752/pl_153-2013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8838/pl_155-2013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8754/pl_156-2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8810/pl_043-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8663/pl_079-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8811/pl_081-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8664/pl_082-2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8673/pl_083-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8812/pl_084-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8814/pl_085-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8815/pl_086-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8674/pl_087-2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8816/pl_088-2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8675/pl_089-2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8676/pl_090-2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8817/pl_091-2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8818/pl_092-2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8677/pl_093-2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8819/pl_097-2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8678/pl_098-2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8680/pl_099-2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8682/pl_100-2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8684/pl_101-2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8686/pl_103-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8688/pl_104-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8820/pl_105-2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8821/pl_106-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8689/pl_107-2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8822/pl_108-2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8823/pl_109-2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8691/pl_110-2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8693/pl_112-2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8694/pl_113-2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8695/pl_114-2013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8696/pl_115-2013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8825/pl_116-2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8698/pl_117-2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8701/pl_118-2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8826/pl_119-2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8827/pl_120-2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8828/pl_121-2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8704/pl_122-2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8830/pl_123-2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8707/pl_125-2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8709/pl_126-2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8831/pl_127-2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8711/pl_128-2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8712/pl_129-2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8832/pl_130-2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8714/pl_131-2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8833/pl_132-2013.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8715/pl_133-2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8834/pl_134-2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8835/pl_135-2013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8717/pl_136-2013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8836/pl_137-2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8718/pl_138-2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8726/pl_139-2013.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8727/pl_140-2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8729/pl_141-2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8731/pl_142-2013.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8733/pl_143-2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8735/pl_144-2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8737/pl_145-2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8739/pl_146-2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8837/pl_147-2013.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8740/pl_148-2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8742/pl_149-2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8744/pl_150-2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8746/pl_151-2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8750/pl_152-2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8752/pl_153-2013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8838/pl_155-2013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2013/8754/pl_156-2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="44.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>