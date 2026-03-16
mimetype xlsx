--- v0 (2025-10-20)
+++ v1 (2026-03-16)
@@ -51,2524 +51,2524 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6577</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Mesa Diretora</t>
-[...2 lines deleted...]
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6577/pl_001-2017.pdf</t>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6577/pl_001-2017.pdf</t>
   </si>
   <si>
     <t>Adota o Diário Oficial das Câmaras Municipais do Estado do Rio Grande do Norte, instituído e administrado pela FECAM/RN, como meio oficial de_x000D_
 comunicação dos atos normativos e administrativos da Câmara Municipal de Caicó-RN.</t>
   </si>
   <si>
     <t>6583</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Executivo Municipal - Gabinete do Prefeito - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6583/pl_002-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6583/pl_002-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Reajuste do Piso Salarial constante no Anexo II da Lei Municipal nº 4.384/2009, que institui o Plano Geral de Cargos, Carreiras e Salários dos Servidores Públicos do Município de Caicó – PCCSS e dá outras providências.</t>
   </si>
   <si>
     <t>6586</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6586/pl_003-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6586/pl_003-2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei de nº 4.852/2016 para atualizar as tabelas Remuneratórias do Plano de Cargos, Carreiras e Salários do Magistério Público do Município de Caicó/RN e dá outras providências.</t>
   </si>
   <si>
     <t>6589</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>José Rangel</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6589/pl_004-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6589/pl_004-2017.pdf</t>
   </si>
   <si>
     <t>Altera o art, 2º da Lei nº 4.915, de 20 de dezembro de 2016, que dispõe sobre a denominação do coreto localizado na Praça Senador Dinarte Mariz e dá outras providências.</t>
   </si>
   <si>
     <t>6591</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6591/pl_005-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6591/pl_005-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma Praça, situada no bairro João XXIII, no Município de Caicó/RN.</t>
   </si>
   <si>
     <t>6517</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ZÉ FILHO</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6517/pl_006-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6517/pl_006-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Cemitério Público do Distrito de Laginhas, situado na zona rural, no Município de Caicó/RN.</t>
   </si>
   <si>
     <t>6592</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Andinho Duarte</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6592/pl_007-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6592/pl_007-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de rotatória situada no largo da Praça da Saudade no Bairro Paraíba, no Município de Caicó/RN ainda sem denominação.</t>
   </si>
   <si>
     <t>6519</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Pastor Erinaldo Lino</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/</t>
+    <t>http://sapl.caico.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe assegurar pessoas com necessidade “especial” e seu” acompanhante” a entrada gratuita em eventos que especifica e dá outras providências</t>
   </si>
   <si>
     <t>6594</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Lobão</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6594/pl_009-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6594/pl_009-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da adutora de engate rápido que liga a água da Barragem Armando Ribeiro Gonçalves ao Município de Caicó/RN.</t>
   </si>
   <si>
     <t>6597</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6597/pl_010-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6597/pl_010-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do artigo 3º da Lei Municipal nº 4.581 de 13 de maio de 2013, para instituir nova regulamentação ao repasse de incentivo previsto no art. 5º, parágrafo único da Lei Federal nº 8.474 de junho de 2015.</t>
   </si>
   <si>
     <t>6598</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6598/pl_011-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6598/pl_011-2017.pdf</t>
   </si>
   <si>
     <t>6601</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6601/pl_012-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6601/pl_012-2017.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei Municipal nº 4.919, de 26 dezembro de 2016, modificando a remuneração dos Cargos Comissionados de Assistente Político e de Assessor do Gabinete da Presidência.</t>
   </si>
   <si>
     <t>6608</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6608/pl_013-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6608/pl_013-2017.pdf</t>
   </si>
   <si>
     <t>Estabelece o reajuste salarial dos servidores de carreira da Câmara Municipal de Caicó – RN, de acordo com o previsto no Plano de Cargos, Carreiras e Salários da categoria.</t>
   </si>
   <si>
     <t>6609</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6609/pl_014-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6609/pl_014-2017.pdf</t>
   </si>
   <si>
     <t>Cria o Projeto Irmã Lindalva com o objetivo de emprestar Cadeiras de rodas, cadeiras de banho, camas hospitalares e muletas, na Prefeitura Municipal de Caicó, através da Secretaria de Habitação e Assistência Social.</t>
   </si>
   <si>
     <t>6610</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6610/pl_015-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6610/pl_015-2017.pdf</t>
   </si>
   <si>
     <t>Cria o cargo em comissão de Coordenador de Ginásio para o Ginásio Municipal João Bosco de Medeiros e dá outras providências.</t>
   </si>
   <si>
     <t>6611</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6611/pl_016-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6611/pl_016-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei nº 4.753 de 24 de dezembro de 2014, Autoria o Poder Executivo a desafetar os terrenos constituídos de ÁREA DESTINADA A EQUIPAMENTOS COMUNITÁRIOS 03 E ÁREA DESTINADA A EQUIPAMENTOS COMUNITÁRIOS 04 e autoriza a promoção de suas doações e dos demais terrenos especificados ao longo deste corpo legislativo, ao Instituto Brasileiro de Habitação de Interesse Social – IBRHIS, para fins de promoção de programa habitacional Minha Casa Minha Vida – PMCMV, do Ministério das Cidades.</t>
   </si>
   <si>
     <t>6612</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6612/pl_017-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6612/pl_017-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de doação do terreno especificado ao longo deste corpo legislativo ao Instituto Anastasis de Desenvolvimento, para fins de promoção de programa habitacional destinado aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>6615</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6615/pl_018-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6615/pl_018-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da comenda de honra ao mérito “Ana Maria de Araújo Félix”, no âmbito do município de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>6616</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6616/pl_019-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6616/pl_019-2017.pdf</t>
   </si>
   <si>
     <t>Promove alterações na Lei municipal nº 4.428 de 13 de agosto de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>6617</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6617/pl_020-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6617/pl_020-2017.pdf</t>
   </si>
   <si>
     <t>6618</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6618/pl_021-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6618/pl_021-2017.pdf</t>
   </si>
   <si>
     <t>Proíbe o abandono de animais domésticos em ambientes públicos e dá outras providências.</t>
   </si>
   <si>
     <t>6619</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6619/pl_022-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6619/pl_022-2017.pdf</t>
   </si>
   <si>
     <t>Proibição, no âmbito do Município de Caicó-RN, da interrupção no fornecimento de energia elétrica e água, por inadimplência do consumidor, nos dias que antecederem a sábados, domingos e feriados e dá outras providências.</t>
   </si>
   <si>
     <t>6620</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6620/pl_023-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6620/pl_023-2017.pdf</t>
   </si>
   <si>
     <t>Altera o Art.3º da Lei Municipal Nº 4.436 de 22 de dezembro de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>6621</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6621/pl_024-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6621/pl_024-2017.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal a Associação de Ministros Evangélicos do Seridó - AMES e dá outras providências.</t>
   </si>
   <si>
     <t>6622</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6622/pl_025-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6622/pl_025-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da comenda de honra ao mérito “Ana Maria de Araújo Félix”, no âmbito do municipio de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>6623</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6623/pl_026-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6623/pl_026-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Quadra de Esporte do Distrito de Laginhas, situado na zona rural, no Município de Caicó/RN.</t>
   </si>
   <si>
     <t>6624</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6624/pl_027-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6624/pl_027-2017.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Idoso no âmbito do município de Caicó — RN e dá outras providências.</t>
   </si>
   <si>
     <t>6625</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6625/pl_028-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6625/pl_028-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de rotatória Nossa Senhora de Fátima situada na entrada do bairro Serrote Branco, no Município de Caicó/RN ainda sem_x000D_
 denominação.</t>
   </si>
   <si>
     <t>6626</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6626/pl_029-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6626/pl_029-2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 4.908/2016 que dispõe sobre incentivos fiscais para a realização de projetos culturais no município de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>6627</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6627/pl_030-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6627/pl_030-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESTRUTURAÇÃO DA CARREIRA DE VIGIA DO QUADRO DE SERVIDORES PERMANENTES DESTE MUNICÍPIO DE CAICÓ-RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6628</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6628/pl_033-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6628/pl_033-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adesão ao Regime Simplificado de Tributação dos Provedores de Internet, instituição de isenção da Taxa de Limpeza Pública aos servidores públicos, promovendo alterações na Lei Municipal nº 4.620/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>6629</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6629/pl_034-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6629/pl_034-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo Municipal a abertura de Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>6630</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6630/pl_035-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6630/pl_035-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Praça Francisco de Bernardone, situada na entrada do Hospital Regional, bairro Paulo VI, no município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6631</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Mara Costa</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6631/pl_036-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6631/pl_036-2017.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a denominação de uma artéria em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>6632</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6632/pl_037-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6632/pl_037-2017.pdf</t>
   </si>
   <si>
     <t>nstitui o Programa de Recuperação Fiscal - REFIS, no Município de Caicó/RN, autorizando o Poder Executivo Municipal a dispensar juros e multas dos débitos tributários, bem como, conceder parcelamentos relativos a esses tributos e dá outras providências.</t>
   </si>
   <si>
     <t>6633</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6633/pl_038-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6633/pl_038-2017.pdf</t>
   </si>
   <si>
     <t>Revoga lei que estabelece complementação pecuniária para os médicos anestesiologistas contratados pelo Município de Caicó.</t>
   </si>
   <si>
     <t>6634</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6634/pl_039-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6634/pl_039-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o recebimento de doação pelo Município de Caicó.</t>
   </si>
   <si>
     <t>6635</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6635/pl_040-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6635/pl_040-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Alberione José Guerra, a quadra de areia situada na rua Major Camboim, bairro Paraíba, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6636</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6636/pl_042-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6636/pl_042-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do subsídio mensal do Procurador Geral do Município, Controlador Geral do Município, Secretários adjuntos Municipais, Procurador Adjunto, Controlador Adjunto e Subprefeitos e dá outras providências.</t>
   </si>
   <si>
     <t>6637</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6637/pl_043-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6637/pl_043-2017.pdf</t>
   </si>
   <si>
     <t>ispõe sobre a denominação de Maria Celestina dos Santos (Mariinha do cachorro quente), a rua projetada nº 00917-2, bairro Nova Descoberta, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6638</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6638/pl_044-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6638/pl_044-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Eufrásia da Costa Araújo, a rua projetada nº 01074-0, Loteamento Dom Heitor de Araújo Sales, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6639</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6639/pl_045-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6639/pl_045-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria em nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>6640</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6640/pl_046-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6640/pl_046-2017.pdf</t>
   </si>
   <si>
     <t>ispõe sobre a denominação de José Francisco da Silva (Zé Basto), a Rua Projetada com código Nº 01056-1, Alto da Boa Vista, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6641</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6641/pl_047-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6641/pl_047-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração e execução da Lei Orçamentária Anual para o exercício financeiro de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>6642</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Ivonete Dantas</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6642/pl_048-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6642/pl_048-2017.pdf</t>
   </si>
   <si>
     <t>Institui o Dia da Mulher no âmbito do município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6643</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6643/pl_049-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6643/pl_049-2017.pdf</t>
   </si>
   <si>
     <t>6644</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6644/pl_050-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6644/pl_050-2017.pdf</t>
   </si>
   <si>
     <t>6645</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6645/pl_051-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6645/pl_051-2017.pdf</t>
   </si>
   <si>
     <t>6646</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6646/pl_052-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6646/pl_052-2017.pdf</t>
   </si>
   <si>
     <t>6647</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6647/pl_053-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6647/pl_053-2017.pdf</t>
   </si>
   <si>
     <t>6648</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6648/pl_054-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6648/pl_054-2017.pdf</t>
   </si>
   <si>
     <t>ispõe sobre a denominação de uma artéria projetada no município de Caicó-RN e dá outras providências.</t>
   </si>
   <si>
     <t>6649</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Maria Cleide</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6649/pl_055-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6649/pl_055-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a demoninação de uma artéria projetada no municipio de Caicó dá outras providências.</t>
   </si>
   <si>
     <t>6650</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Rosângela de Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6650/pl_056-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6650/pl_056-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria projetada no município de Caicó-RN e dá outras providências.</t>
   </si>
   <si>
     <t>6651</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6651/pl_057-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6651/pl_057-2017.pdf</t>
   </si>
   <si>
     <t>6652</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6652/pl_058-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6652/pl_058-2017.pdf</t>
   </si>
   <si>
     <t>6653</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6653/pl_059-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6653/pl_059-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artéria projetada no município de Caicó-RN e dá outras providências.</t>
   </si>
   <si>
     <t>6654</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6654/pl_060-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6654/pl_060-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre artéria projetada no mundá outras providências.</t>
   </si>
   <si>
     <t>6655</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6655/pl_061-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6655/pl_061-2017.pdf</t>
   </si>
   <si>
     <t>6656</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6656/pl_062-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6656/pl_062-2017.pdf</t>
   </si>
   <si>
     <t>6657</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6657/pl_063-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6657/pl_063-2017.pdf</t>
   </si>
   <si>
     <t>6658</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6658/pl_064-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6658/pl_064-2017.pdf</t>
   </si>
   <si>
     <t>ispõe sobre a denominação de artéria projetada no município de Caicó-RN e dá outras providências.</t>
   </si>
   <si>
     <t>6659</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6659/pl_065-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6659/pl_065-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria projetada no município de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>6661</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6661/pl_066-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6661/pl_066-2017.pdf</t>
   </si>
   <si>
     <t>6662</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Ivanildo do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6662/pl_067-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6662/pl_067-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria projetada no município de Caicó/RN e dá outras providências.</t>
   </si>
   <si>
     <t>6665</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6665/pl_068-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6665/pl_068-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a planejar a implantação obrigatória de lombadas antecedendo 05 (cinco) metros de distância das principais faixas de pedestres, localizadas nas proximidades de escola hospitais, postos de saúde e supermercados e dá outras providências.</t>
   </si>
   <si>
     <t>6667</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6667/pl_069-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6667/pl_069-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria projetada no município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6669</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6669/pl_070-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6669/pl_070-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a demoninação uma artéria projetada no município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6671</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6671/pl_071-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6671/pl_071-2017.pdf</t>
   </si>
   <si>
     <t>6673</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6673/pl_072-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6673/pl_072-2017.pdf</t>
   </si>
   <si>
     <t>6675</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6675/pl_073-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6675/pl_073-2017.pdf</t>
   </si>
   <si>
     <t>6676</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6676/pl_074-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6676/pl_074-2017.pdf</t>
   </si>
   <si>
     <t>6677</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6677/pl_075-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6677/pl_075-2017.pdf</t>
   </si>
   <si>
     <t>6680</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6680/pl_076-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6680/pl_076-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma Praça no município de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>6682</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6682/pl_077-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6682/pl_077-2017.pdf</t>
   </si>
   <si>
     <t>6683</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6683/pl_078-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6683/pl_078-2017.pdf</t>
   </si>
   <si>
     <t>6684</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6684/pl_079-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6684/pl_079-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Julião Pereira da Silva (Julião Marchante), a Rua Projetada com código Nº 01035-9, Alto da Boa Vista, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6686</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6686/pl_080-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6686/pl_080-2017.pdf</t>
   </si>
   <si>
     <t>6688</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Zaqueu Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6688/pl_081-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6688/pl_081-2017.pdf</t>
   </si>
   <si>
     <t>6689</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6689/pl_082-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6689/pl_082-2017.pdf</t>
   </si>
   <si>
     <t>6691</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6691/pl_083-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6691/pl_083-2017.pdf</t>
   </si>
   <si>
     <t>6733</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Dr. Júlio Gregório</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6733/pl_084-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6733/pl_084-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a dominação de uma artéria projetada no município de Caicó - RN e das outras providências.</t>
   </si>
   <si>
     <t>6734</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6734/pl_085-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6734/pl_085-2017.pdf</t>
   </si>
   <si>
     <t>6735</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6735/pl_086-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6735/pl_086-2017.pdf</t>
   </si>
   <si>
     <t>6694</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6694/pl_087-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6694/pl_087-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria projetada no municipio de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6695</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6695/pl_088-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6695/pl_088-2017.pdf</t>
   </si>
   <si>
     <t>6736</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6736/pl_089-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6736/pl_089-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a dominação de uma artéria projetada no município de Caicó - RN e dá outras providências.</t>
   </si>
   <si>
     <t>6737</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6737/pl_090-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6737/pl_090-2017.pdf</t>
   </si>
   <si>
     <t>6696</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6696/pl_091-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6696/pl_091-2017.pdf</t>
   </si>
   <si>
     <t>6699</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Odair Diniz</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6699/pl_092-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6699/pl_092-2017.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal nº. 12.527, de 2011 - Lei de Acesso à Informação, no âmbito da Câmara Municipal de Vereadores de Caicó - RN</t>
   </si>
   <si>
     <t>6700</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6700/pl_093-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6700/pl_093-2017.pdf</t>
   </si>
   <si>
     <t>6702</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6702/pl_094-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6702/pl_094-2017.pdf</t>
   </si>
   <si>
     <t>6704</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Alisson Jackson</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6704/pl_095-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6704/pl_095-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão na grade curricular do Ensino Fundamental das Escolas Municipais, a partir da 1º série da disciplina de Educação Física como componente curricular obrigatório e dá outras providências.</t>
   </si>
   <si>
     <t>6707</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6707/pl_096-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6707/pl_096-2017.pdf</t>
   </si>
   <si>
     <t>6726</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6726/pl_097-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6726/pl_097-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Campanha Municipal de Prevenção ao Suicídio “ Setembro Amarelo ” e dá outras providências.</t>
   </si>
   <si>
     <t>6727</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6727/pl_098-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6727/pl_098-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Coreto da Praça Manoel Felix no município de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>6728</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6728/pl_099-2017_-_lei_n_4.990-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6728/pl_099-2017_-_lei_n_4.990-2017.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Combate ao Preconceito Contra as Pessoas Portadoras do Nanismo no âmbito do município de Caicó - RN e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>6729</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6729/pl_100-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6729/pl_100-2017.pdf</t>
   </si>
   <si>
     <t>6730</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6730/pl_101-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6730/pl_101-2017.pdf</t>
   </si>
   <si>
     <t>6731</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6731/pl_102-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6731/pl_102-2017.pdf</t>
   </si>
   <si>
     <t>6732</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6732/pl_103-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6732/pl_103-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a obrigação de fixação da frase “DESRESPEITAR, DISCRIMINAR, NEGLIGENCIAR OU, DE QUALQUER FORMA INTENCIONAL,_x000D_
 PREJUDICAR IDOSO É CRIME”, nos ônibus, repartições públicas municipais, postos de saúde, hospitais e bancos.</t>
   </si>
   <si>
     <t>6738</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6738/pl_104-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6738/pl_104-2017.pdf</t>
   </si>
   <si>
     <t>“INSTITUI a Política Pública “PRÓ-MULHER” de qualificação de mão-de-obra feminina no município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6739</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6739/pl_105-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6739/pl_105-2017.pdf</t>
   </si>
   <si>
     <t>6740</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Diogo Silva</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6740/pl_106-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6740/pl_106-2017.pdf</t>
   </si>
   <si>
     <t>6741</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6741/pl_107-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6741/pl_107-2017.pdf</t>
   </si>
   <si>
     <t>6742</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6742/pl_108-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6742/pl_108-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Manuel Olegário Ribeiro (Seu Badu), a Rua Projetada com código Nº O1114-2, Alto da Boa Vista, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6743</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6743/pl_109-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6743/pl_109-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso de espaços públicos de publicidade para campanhas educativas contra atos de violência contra mulher.</t>
   </si>
   <si>
     <t>6744</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6744/pl_110-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6744/pl_110-2017.pdf</t>
   </si>
   <si>
     <t>6745</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6745/pl_011-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6745/pl_011-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de agendamento de consultas e entrega domiciliar de medicamentos de uso continuo às pessoas portadoras de necessidades_x000D_
 especiais e idosos, e dá outras providências.</t>
   </si>
   <si>
     <t>6746</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6746/pl_112-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6746/pl_112-2017.pdf</t>
   </si>
   <si>
     <t>6747</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6747/pl_113-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6747/pl_113-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno do Município de Caicó à Associação de Mototaxistas e Motoboys de Caicó (AMMC), para fins de construção de sala de reuniões e sala de cursos, e dá outras providências.</t>
   </si>
   <si>
     <t>6748</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6748/pl_114-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6748/pl_114-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Maria Dinorah de Araújo, a Rua Projetada 02 com código Nº 00806-0, IPE/Vila Altiva, no Município de CaicóRN, ainda sem _x000D_
 denominação.</t>
   </si>
   <si>
     <t>6749</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6749/pl_115-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6749/pl_115-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denoninação de uma artéria projetada no município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6751</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6751/pl_116-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6751/pl_116-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Alderizo Pereira de Araújo (Didi da Oficina), a Rua Projetada com código Nº 01109-6, Alto da Boa Vista, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6752</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6752/pl_117-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6752/pl_117-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artéria Nº01076-6, bairro Vila Altiva II, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6753</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6753/pl_118-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6753/pl_118-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão ao servidor público municipal tutor, curador ou responsável por uma pessoa com deficiência o direito à redução da jornada de trabalho.</t>
   </si>
   <si>
     <t>6755</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6755/pl_119-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6755/pl_119-2017.pdf</t>
   </si>
   <si>
     <t>6756</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6756/pl_120-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6756/pl_120-2017.pdf</t>
   </si>
   <si>
     <t>6758</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6758/pl_122-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6758/pl_122-2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º, le Il; art. 2º eat 4º | e Il da Lei Municipal nº 4.939/2017, com a finalidade de prorrogar a vigência do Programa de Recuperação Fiscal - REFIS, no Município de Caicó/RN, e concede prazo de adesão ao parcelamento de dividas judicializadas.</t>
   </si>
   <si>
     <t>6759</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6759/pl_123-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6759/pl_123-2017.pdf</t>
   </si>
   <si>
     <t>6760</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6760/pl_124-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6760/pl_124-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artéria Nº01030-8, bairro Vila Altiva II, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6761</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6761/pl_126-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6761/pl_126-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a dominação de uma artéria projetada no município de Caicó - RN e daX outras providências.</t>
   </si>
   <si>
     <t>6762</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6762/pl_127-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6762/pl_127-2017.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual de Caicó para o quadriênio 2018-2021</t>
   </si>
   <si>
     <t>6763</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6763/pl_128-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6763/pl_128-2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art 1°, I e II; art. 2° e art. 4°, I e II, da Lei Municipal n° 4.939/2017, com a finalidade de prorrogar a vigência do Programa de Recuperação Fiscal - REFIS, no Município de Caicó/RN, e concede prazo de adesão ao parcelamento de dívidas judicializadas.</t>
   </si>
   <si>
     <t>6764</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6764/pl_129-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6764/pl_129-2017.pdf</t>
   </si>
   <si>
     <t>Regulamenta o art. 40, II, da Lei Complementar n. 19/2007 (alterado pela Lei Complementar n. 30/2009), disciplina a cobrança extrajudicial dos créditos de natureza tributária ou não tributários e dá outras providências.</t>
   </si>
   <si>
     <t>6765</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6765/pl_130-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6765/pl_130-2017.pdf</t>
   </si>
   <si>
     <t>6766</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6766/pl_131-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6766/pl_131-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do sistema de captação e aproveitamento de água de- chuva, institui a sua obrigatoriedade em novos imóveis construídos no Município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6767</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6767/pl_132-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6767/pl_132-2017.pdf</t>
   </si>
   <si>
     <t>'‘CRIA O PROGRAMA DE INCENTIVO AO PRIMEIRO EMPREGO DE JOVENS NO MUNICÍPIO DE CAICO-RN, PARA A CONTRATAÇÃO DE INICIANTES_x000D_
 NO MERCADO DE TRABALHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6768</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6768/pl_134_-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6768/pl_134_-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas de competência municipal para dispensar o tratamento jurídico diferenciado, simplificado e favorecido à Microempresa e à Empresa de Pequeno Porte, na conformidade das normas previstas no Estatuto Nacional da Microempresa e Empresa de Pequeno Porte, instituído pela Lei Complementar n° 123, de 14 de dezembro de 2006, e suas alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>6769</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6769/pl_135_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6769/pl_135_-_2017.pdf</t>
   </si>
   <si>
     <t>ltera a redação do § 2° do art. 2° e acrescenta os §§ 3° e 4° ao art. 2° da Lei Municipal n° 4.906/2016, com a finalidade de atualizar valor de gratificação para o cargo de Técnico de Enfermagem e criar gratificação para o cargo de Auxiliar de Consultório Odontológico.</t>
   </si>
   <si>
     <t>6770</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6770/pl_137_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6770/pl_137_-_2017.pdf</t>
   </si>
   <si>
     <t>Institui o selo "Amigo do Consumidor" no município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6771</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6771/pl_137_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6771/pl_137_-_2017.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N° 4.620/2013 — CÓDIGO TRIBUTÁRIO MUNICIPAL, COM AS ALTERAÇÕES POSTERIORES E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6772</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6772/pl_138_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6772/pl_138_-_2017.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal do Controle de Natalidade de Cães e Gatos e dá outras providências."</t>
   </si>
   <si>
     <t>6774</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6774/pl_139_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6774/pl_139_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artéria N°01030-8, bairro Vila Altiva II, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6777</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6777/pl_140_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6777/pl_140_-_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COLOCAÇÃO DE BANHEIROS QUÍMICOS ADAPTADOS AS NECESSIDADES ESPECIAIS NOS EVENTOS REALIZADOS NO MUNICIPIO_x000D_
 DE CAICO".</t>
   </si>
   <si>
     <t>6780</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6780/pl_141_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6780/pl_141_-_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 2°, § 5°, da lei municipal n° 4.795/2015 que autoriza o município a conceder crédito ao contribuinte que, às suas custas, executar pavimentação e drenagem de ruas e avenidas da zona urbana no município de Caicó/RN e dá outras providencias.</t>
   </si>
   <si>
     <t>6783</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6783/pl_143_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6783/pl_143_-_2017.pdf</t>
   </si>
   <si>
     <t>NSTITUI O PROGRAMA MUNICIPAL DE PAVIMENTAÇÃO COMUNITÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6785</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6785/pl_144_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6785/pl_144_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Padronização das placas indicativas de nomes de Ruas e Logradouros públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>6787</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6787/pl_145_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6787/pl_145_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do piso salarial constante no item III, do anexo II, da Lei Municipal n° 4.384/2009, que institui o Plano Geral de Cargos, Carreiras e Salários dos Servidores Públicos do Município de Caicó-RN PCCSS, e dá outras providências.</t>
   </si>
   <si>
     <t>6788</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6788/pl_146_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6788/pl_146_-_2017.pdf</t>
   </si>
   <si>
     <t>6790</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6790/pl_147_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6790/pl_147_-_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno do Município de Caicó à Augusta e Respeitável Loja Simbólica Cavaleiros da Liberdade n° 35, para fins de construção de sede própria, e dá outras providências.</t>
   </si>
   <si>
     <t>6792</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6792/pl_148_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6792/pl_148_-_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno do Município de Caicó à Igreja Evangélica Assembleia de Deus no Rio Grande do Norte, para fins de construção de templo religioso, e dá outras providências.</t>
   </si>
   <si>
     <t>6793</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6793/pl_151_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6793/pl_151_-_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art.2°, § 5°, da lei municipal n°4.795/2015 que autoriza o município a conceder crédito ao contribuinte que, às suas custas, executar pavimentação e drenagem de ruas e avenidas da zona urbana no município de Caicó/RN e dá outras providências.</t>
   </si>
   <si>
     <t>6795</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6795/pl_152_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6795/pl_152_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa de descarte e reaproveitamento de medicamentos e dá outras providências.</t>
   </si>
   <si>
     <t>6797</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6797/pl_153_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6797/pl_153_-_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSOLIDAÇAO DA LEGISLAÇÃO DA PROCURADORIA GERAL DO MUNICÍPIO, REDEFININDO SUAS COMPETÊNCIAS, ESTRUTURA E_x000D_
 ORGANIZAÇÃO, REGULA O REGIME JURÍDICO DOS PROCURADORES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>6798</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6798/pl_154_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6798/pl_154_-_2017.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Turismo e dá outras providências.</t>
   </si>
   <si>
     <t>6799</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6799/pl_155_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6799/pl_155_-_2017.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Jiu-Jitsu no âmbito do município de Caio?-RN e dá outras providências.</t>
   </si>
   <si>
     <t>6800</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6800/pl_156_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6800/pl_156_-_2017.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a Política Municipal de Assistência aos Idosos, de modo a estimular, promover e formar Cuidadores Voluntários de Idosos, e dá outras providências.</t>
   </si>
   <si>
     <t>6801</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6801/pl_157-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6801/pl_157-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de atendimento preferencial nos estabelecimentos públicos e privados às pessoas com Transtorno do Espectro Autista — TEA, bem como obriga os estabelecimentos públicos e privados no Município de Caicó-RN a inserirem nas placas de atendimento prioritário o símbolo mundial do autismo e dá outras providências..</t>
   </si>
   <si>
     <t>6802</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6802/pl_158_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6802/pl_158_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Academia da Saúde na Praça Dom José Delgado — Caicó/RN</t>
   </si>
   <si>
     <t>6804</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6804/pl_159_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6804/pl_159_-_2017.pdf</t>
   </si>
   <si>
     <t>6806</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6806/pl_160_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6806/pl_160_-_2017.pdf</t>
   </si>
   <si>
     <t>6809</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6809/pl_161_-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6809/pl_161_-2017.pdf</t>
   </si>
   <si>
     <t>6811</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6811/pl_162_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6811/pl_162_-_2017.pdf</t>
   </si>
   <si>
     <t>6812</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6812/pl_163_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6812/pl_163_-_2017.pdf</t>
   </si>
   <si>
     <t>eserva às pessoas portadoras de deficiência o percentual mínimo de 5% (cinco por cento) e máximo de até 20% (vinte por cento) das vagas oferecidas nos concursos públicos para provimento de cargos efetivos e empregos públicos no âmbito da administração pública municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>6813</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6813/pl_164_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6813/pl_164_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a demoninação de uma artéria projetada no município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6814</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6814/pl_165_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6814/pl_165_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artéria N°01029-4, bairro Vila Altiva II, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6815</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6815/pl_166_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6815/pl_166_-_2017.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do "DIADEDOAR", no âmbito do município de Caicó/ RN e dá outras providências.</t>
   </si>
   <si>
     <t>6816</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6816/pl_167_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6816/pl_167_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de artéria N°01076-6, bairro Vila Altiva II, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6817</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6817/pl_168_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6817/pl_168_-_2017.pdf</t>
   </si>
   <si>
     <t>"Criar o programa "QUEBRANDO O SILÊNCIO", que visa mostrar os direitos da mulher e assisti-las contra a violência."</t>
   </si>
   <si>
     <t>6818</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6818/pl_169_-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6818/pl_169_-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de merenda escolar diferenciada para estudantes diabéticos, hipoglicêmicos e celíacos e dá outras providências.</t>
   </si>
   <si>
     <t>6820</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6820/pl_170_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6820/pl_170_-_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE QUEIMADAS NA FORA/IA QUE ESPECIFICA NO MUNICfP10 DE CAICÓ-RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6824</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6824/pl_171_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6824/pl_171_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria projetada no município de Caicó-RN, e dá outras providências.</t>
   </si>
   <si>
     <t>6827</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6827/pl_173_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6827/pl_173_-_2017.pdf</t>
   </si>
   <si>
     <t>NSTITUI A CRIAÇÃO DE HORTAS ESCOLARES COMUNITÁRIAS NAS ESCOLAS QUE INTEGRAM A REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE CAICÓ."</t>
   </si>
   <si>
     <t>6834</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6834/pl_175_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6834/pl_175_-_2017.pdf</t>
   </si>
   <si>
     <t>Institui o Dia de Doar no âmbito do município de Caicó/ RN e dá outras providências.</t>
   </si>
   <si>
     <t>6836</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6836/pl_176_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6836/pl_176_-_2017.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana Municipal de Conscientização sobre Doação de Sangue" e estabelece procedimentos que visam divulgar, conscientizar e incentivar a doação de sangue, no município de Caicó."</t>
   </si>
   <si>
     <t>6839</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6839/pl_178_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6839/pl_178_-_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 2°, da Lei municipal n° 4.814/2015 que dispõe sobre a sobre a implantação do Programa Classe Hospitalar nas unidades da Rede Municipal de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>6842</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6842/pl_180_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6842/pl_180_-_2017.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Desenvolvimento, Pesquisa e Inovação e dá outras providências.</t>
   </si>
   <si>
     <t>6844</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6844/pl_181_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6844/pl_181_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de ajuda de custo em pecúnia, destinada aos Agentes Comunitários de Saúde e Agentes de Combate às Endemias do Município de Caicó/RN, para aquisição de bloqueadores solares corporal e labial e dá outras providências.</t>
   </si>
   <si>
     <t>6846</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6846/pl_182_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6846/pl_182_-_2017.pdf</t>
   </si>
   <si>
     <t>INSTITUI A COLETA SELETIVA DE RESÍDUOS SÓLIDOS NO ÂMBITO DO MUNICÍPIO DE CAICÓ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6849</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6849/pl_183_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6849/pl_183_-_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE QUEIMADAS NA FORMA QUE ESPECIFICA NO MUNICÍPIO DE CAICÓ-RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6852</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6852/pl_184_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6852/pl_184_-_2017.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA MUNICIPAL O SINDICATO DOS TRABALHADORES RURAIS AGRICULTORES E AGRICULTORAS FAMILIARES DE CAIU) - STTR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6853</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6853/pl_185_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6853/pl_185_-_2017.pdf</t>
   </si>
   <si>
     <t>6854</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6854/pl_186_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6854/pl_186_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a colocação de brinquedos para crianças e pessoas portadoras de necessidades especiais em parques, praças e outros locais públicos destinados à prática de esportes e lazer."</t>
   </si>
   <si>
     <t>6855</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6855/pl_187_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6855/pl_187_-_2017.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município de Caie&amp; para o exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>6856</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6856/pl_188_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6856/pl_188_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual — PRA 201812021 para o Município de Caicó, e estabelece outras providências.</t>
   </si>
   <si>
     <t>6857</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6857/pl_189_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6857/pl_189_-_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 80 da Lei Municipal nº 425/1968 e dá outras providências.</t>
   </si>
   <si>
     <t>6858</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6858/pl_190-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6858/pl_190-2017.pdf</t>
   </si>
   <si>
     <t>Declara e reconhece diversos bens como componentes do Patrimônio Histórico e Cultural do Município de Caicó, para fins de tombamento, e dá outras providências.</t>
   </si>
   <si>
     <t>6859</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6859/pl_191-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6859/pl_191-2017.pdf</t>
   </si>
   <si>
     <t>6860</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6860/pl_192-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6860/pl_192-2017.pdf</t>
   </si>
   <si>
     <t>6861</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6861/pl_193-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6861/pl_193-2017.pdf</t>
   </si>
   <si>
     <t>6862</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6862/pl_196-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6862/pl_196-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE ÁREA DESTINADA A EQUIPAMENTOS COMUNITÁRIOS NO LOTEAMENTO JARDIM DE ALLAH, APROVADO PELO DECRETO Nº 228 DE 21 DEZEMBRO DE 2009 E SUA UTILIZAÇÃO PARA PRORROGAMENTO DA RUA SEVERINO MODESTO DE ARAÚJO.</t>
   </si>
   <si>
     <t>6863</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6863/pl_197-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6863/pl_197-2017.pdf</t>
   </si>
   <si>
     <t>Institui novas funções aos cargos de Técnico Legislativo e altera as atribuições do cargo de Auxiliar de Serviços Gerais, modificando a redação da Lei nº 4.837/2016, Plano de Carreiras e Salários dos servidores desta edilidade.</t>
   </si>
   <si>
     <t>6864</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6864/pl_198-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6864/pl_198-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para contratação temporária de pessoal, para áreas essenciais da administração desta Casa Legislativa e dá outras providências.</t>
   </si>
   <si>
     <t>6865</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6865/pl_199-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6865/pl_199-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO E DOAÇÃO DE TERRENO DO PATRIMÔNIO MUNICIPAL À ASSOCIAÇÃO DESPORTIVA CULTURAL DOS CAPOERISTAS DE CAICÓ PARA A EDIFICAÇÃO DE SUA SEDE.</t>
   </si>
   <si>
     <t>6512</t>
   </si>
   <si>
-    <t>EIP</t>
+    <t>EI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6512/pl_001-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6512/pl_001-2017.pdf</t>
   </si>
   <si>
     <t>Adota o Diário Oficial das Câmaras Municipais do Estado do Rio Grande do Norte, instituído e administrado pela FECAM/RN, como meio oficial de comunicação dos atos normativos e administrativos da Câmara Municipal de Caicó-RN.</t>
   </si>
   <si>
     <t>6513</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6513/pl_002-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6513/pl_002-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Reajuste do Piso Salarial constante no Anexo Il da Lei Municipal nº 4384/2009, que institui o Plano Geral de Cargos, Carreiras e Salários dos Servidores Públicos do Município de Caicó - PCCSS e dá outras providências.</t>
   </si>
   <si>
     <t>6514</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6514/pl_003-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6514/pl_003-2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei de nº 4.852/2016 para atualizar as tabelas remuneratórias do Plano de Cargos, Carreiras e Salário do Magistério Público Municipal de Caicó/RN  dá outras providências.</t>
   </si>
   <si>
     <t>6515</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6515/pl_004-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6515/pl_004-2017.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 2º da Lei nº 4.915, de 20 de dezembro de 2016, que dispõe sobre a denominação do coreto localizado na Praça Senador Dinarte Mariz e dá outras providências.</t>
   </si>
   <si>
     <t>6516</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6516/pl_005-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6516/pl_005-2017.pdf</t>
   </si>
   <si>
     <t>6518</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6518/pl_007-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6518/pl_007-2017.pdf</t>
   </si>
   <si>
     <t>6520</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6520/pl_009-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6520/pl_009-2017.pdf</t>
   </si>
   <si>
     <t>6521</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6521/pl_010-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6521/pl_010-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do artigo 3º da Lei Municipal nº 4.581, de 13 de maio de 2013, para instituir nova regulamentação ao repasse de incentivo previsto no art. 5°, parágrafo único, do Decreto Federal nº 8.474, de junho de 2015.</t>
   </si>
   <si>
     <t>6524</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6524/pl_011-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6524/pl_011-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Sistema de Abastecimento de Água do Distrito de Laginhas, situado na zona rural, Município de Caicó/RN.</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6525/pl_012-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6525/pl_012-2017.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo Il da Lei Municipal nº 4.919, de 26 dezembro de 2016, modificando a remuneração dos Cargos Comissionados de Assistente Político e de Assessor do Gabinete da Presidência.</t>
   </si>
   <si>
     <t>6528</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6528/pl_013-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6528/pl_013-2017.pdf</t>
   </si>
   <si>
     <t>Estabelece o reajuste salarial dos servidores de carreira da Câmara Municipal de Caicó — RN, de acordo com o previsto no Plano de Cargos, Carreiras e Salários da categoria.</t>
   </si>
   <si>
     <t>6529</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6529/pl_014-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6529/pl_014-2017.pdf</t>
   </si>
   <si>
     <t>Cria o Projeto Irmã Lindalva com o objetivo de emprestar cadeiras de rodas, cadeiras de banho, camas hospitalares e muletas, na Prefeitura Municipal de Caicó, através da Secretaria de Habitação e Assistência Social.</t>
   </si>
   <si>
     <t>6530</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6530/pl_015-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6530/pl_015-2017.pdf</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6533/pl_016-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6533/pl_016-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei nº 4.753 de 24 de dezembro de 2014, Autoriza o poder Executivo a desafetar os terrenos constituídos de ÁREA DESTINADA A EQUIPAMENTOCOMUNITÁRIOS 03 e ÁREA DESTINADA A EQUIPAMENTOS COMUNITÁRIOS 04 e autoriza a promoção de suas doações e dos demais terrenos especificados ao longo deste corpo legislativo, ao Instituto Brasileiro de Habitação de Interesse Social YBRHIS, para fins de promoção de programa habitacional Minha Casa Minha Vida - PMCMV do Ministério das Cidades.</t>
   </si>
   <si>
     <t>6565</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6565/pl_017-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6565/pl_017-2017.pdf</t>
   </si>
   <si>
     <t>6566</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6566/pl_018-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6566/pl_018-2017.pdf</t>
   </si>
   <si>
     <t>6567</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6567/pl_019-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6567/pl_019-2017.pdf</t>
   </si>
   <si>
     <t>6568</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6568/pl_020-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6568/pl_020-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da comenda de honra ao mérito “Ana Maria de Araújo Félix”, no âmbito do município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6569</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6569/pl_021-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6569/pl_021-2017.pdf</t>
   </si>
   <si>
     <t>6570</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6570/pl_022-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6570/pl_022-2017.pdf</t>
   </si>
   <si>
     <t>6571</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6571/pl_023-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6571/pl_023-2017.pdf</t>
   </si>
   <si>
     <t>6572</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6572/pl_024-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6572/pl_024-2017.pdf</t>
   </si>
   <si>
     <t>6573</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6573/pl_025-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6573/pl_025-2017.pdf</t>
   </si>
   <si>
     <t>6574</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6574/pl_026-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6574/pl_026-2017.pdf</t>
   </si>
   <si>
     <t>6575</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6575/pl_027-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6575/pl_027-2017.pdf</t>
   </si>
   <si>
     <t>6576</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6576/pl_028-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6576/pl_028-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de rotatória Nossa Senhora de Fátima situada na entrada do bairro Serrote Branco, no Município de Caicó/RN ainda sem denominação.</t>
   </si>
   <si>
     <t>6578</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6578/pl_029-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6578/pl_029-2017.pdf</t>
   </si>
   <si>
     <t>Institui o projeto ARTHUR RIBAS de incentivos fiscais para a realização de projetos culturais no município de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>6579</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6579/pl_030-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6579/pl_030-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a restruturação da carreira de vigia do quadro de servidores permanentes deste Município de Caicó/RN e dá outras providências.</t>
   </si>
   <si>
     <t>6580</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6580/pl_033-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6580/pl_033-2017.pdf</t>
   </si>
   <si>
     <t>6581</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6581/pl_034-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6581/pl_034-2017.pdf</t>
   </si>
   <si>
     <t>6582</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6582/pl_035-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6582/pl_035-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma Praça, Francisco de Bernardone, situada na entrada do Hospital Regional, bairro Paulo VI, no município de Caicó-RN ainda sem denominação.</t>
   </si>
   <si>
     <t>6584</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6584/pl_036-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6584/pl_036-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de uma artéria em nossa cidade e dá outras providências.</t>
   </si>
   <si>
     <t>6585</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6585/pl_037-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6585/pl_037-2017.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal - REFIS, no Município de Caicó/RN, autorizando o Poder Executivo Municipal a dispensar juros e multas dos débitos tributários, bem como, — conceder parcelamentos relativos a esses tributos e dá outras providências.</t>
   </si>
   <si>
     <t>6587</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6587/pl_038-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6587/pl_038-2017.pdf</t>
   </si>
   <si>
     <t>Revoga lei que estabelece complementação pecuniária para os médicos anestesiologistas contratados pelo município de Caicó.</t>
   </si>
   <si>
     <t>6588</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6588/pl_039-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6588/pl_039-2017.pdf</t>
   </si>
   <si>
     <t>6590</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6590/pl_040-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6590/pl_040-2017.pdf</t>
   </si>
   <si>
     <t>6593</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6593/pl_042-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6593/pl_042-2017.pdf</t>
   </si>
   <si>
     <t>6595</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6595/pl_043-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6595/pl_043-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Maria Celestina dos Santos (Mariinha do cachorro quente), a rua projetada nº 00917-2, bairro Nova Descoberta, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6596</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6596/pl_044-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6596/pl_044-2017.pdf</t>
   </si>
   <si>
     <t>6599</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6599/pl_045-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6599/pl_045-2017.pdf</t>
   </si>
   <si>
     <t>6600</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6600/pl_046-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6600/pl_046-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de José Francisco da Silva (Zé Basto), a Rua Projetada com código Nº 01056-1, Alto da Boa Vista, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6602</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6602/pl_047-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6602/pl_047-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração é execução da Lei Orçamentária Anual para o exercício financeiro de 2018 é dá outras providências.</t>
   </si>
   <si>
     <t>6603</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6603/pl_048-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6603/pl_048-2017.pdf</t>
   </si>
   <si>
     <t>6604</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6604/pl_049-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6604/pl_049-2017.pdf</t>
   </si>
   <si>
     <t>6605</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6605/pl_050-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6605/pl_050-2017.pdf</t>
   </si>
   <si>
     <t>6606</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6606/pl_051-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6606/pl_051-2017.pdf</t>
   </si>
   <si>
     <t>6607</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6607/pl_052-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6607/pl_052-2017.pdf</t>
   </si>
   <si>
     <t>6613</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6613/pl_053-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6613/pl_053-2017.pdf</t>
   </si>
   <si>
     <t>6614</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6614/pl_054-2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6614/pl_054-2017.pdf</t>
   </si>
   <si>
     <t>6511</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6511/pl__179_-_2017.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6511/pl__179_-_2017.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Política Cultural, o Fundo Municipal de Cultura e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2875,67 +2875,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6577/pl_001-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6583/pl_002-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6586/pl_003-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6589/pl_004-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6591/pl_005-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6517/pl_006-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6592/pl_007-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6594/pl_009-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6597/pl_010-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6598/pl_011-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6601/pl_012-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6608/pl_013-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6609/pl_014-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6610/pl_015-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6611/pl_016-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6612/pl_017-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6615/pl_018-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6616/pl_019-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6617/pl_020-2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6618/pl_021-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6619/pl_022-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6620/pl_023-2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6621/pl_024-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6622/pl_025-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6623/pl_026-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6624/pl_027-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6625/pl_028-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6626/pl_029-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6627/pl_030-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6628/pl_033-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6629/pl_034-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6630/pl_035-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6631/pl_036-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6632/pl_037-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6633/pl_038-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6634/pl_039-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6635/pl_040-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6636/pl_042-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6637/pl_043-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6638/pl_044-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6639/pl_045-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6640/pl_046-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6641/pl_047-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6642/pl_048-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6643/pl_049-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6644/pl_050-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6645/pl_051-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6646/pl_052-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6647/pl_053-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6648/pl_054-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6649/pl_055-2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6650/pl_056-2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6651/pl_057-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6652/pl_058-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6653/pl_059-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6654/pl_060-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6655/pl_061-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6656/pl_062-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6657/pl_063-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6658/pl_064-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6659/pl_065-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6661/pl_066-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6662/pl_067-2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6665/pl_068-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6667/pl_069-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6669/pl_070-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6671/pl_071-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6673/pl_072-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6675/pl_073-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6676/pl_074-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6677/pl_075-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6680/pl_076-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6682/pl_077-2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6683/pl_078-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6684/pl_079-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6686/pl_080-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6688/pl_081-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6689/pl_082-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6691/pl_083-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6733/pl_084-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6734/pl_085-2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6735/pl_086-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6694/pl_087-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6695/pl_088-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6736/pl_089-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6737/pl_090-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6696/pl_091-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6699/pl_092-2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6700/pl_093-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6702/pl_094-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6704/pl_095-2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6707/pl_096-2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6726/pl_097-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6727/pl_098-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6728/pl_099-2017_-_lei_n_4.990-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6729/pl_100-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6730/pl_101-2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6731/pl_102-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6732/pl_103-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6738/pl_104-2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6739/pl_105-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6740/pl_106-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6741/pl_107-2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6742/pl_108-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6743/pl_109-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6744/pl_110-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6745/pl_011-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6746/pl_112-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6747/pl_113-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6748/pl_114-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6749/pl_115-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6751/pl_116-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6752/pl_117-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6753/pl_118-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6755/pl_119-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6756/pl_120-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6758/pl_122-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6759/pl_123-2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6760/pl_124-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6761/pl_126-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6762/pl_127-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6763/pl_128-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6764/pl_129-2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6765/pl_130-2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6766/pl_131-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6767/pl_132-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6768/pl_134_-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6769/pl_135_-_2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6770/pl_137_-_2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6771/pl_137_-_2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6772/pl_138_-_2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6774/pl_139_-_2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6777/pl_140_-_2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6780/pl_141_-_2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6783/pl_143_-_2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6785/pl_144_-_2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6787/pl_145_-_2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6788/pl_146_-_2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6790/pl_147_-_2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6792/pl_148_-_2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6793/pl_151_-_2017.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6795/pl_152_-_2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6797/pl_153_-_2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6798/pl_154_-_2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6799/pl_155_-_2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6800/pl_156_-_2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6801/pl_157-2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6802/pl_158_-_2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6804/pl_159_-_2017.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6806/pl_160_-_2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6809/pl_161_-2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6811/pl_162_-_2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6812/pl_163_-_2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6813/pl_164_-_2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6814/pl_165_-_2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6815/pl_166_-_2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6816/pl_167_-_2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6817/pl_168_-_2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6818/pl_169_-2017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6820/pl_170_-_2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6824/pl_171_-_2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6827/pl_173_-_2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6834/pl_175_-_2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6836/pl_176_-_2017.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6839/pl_178_-_2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6842/pl_180_-_2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6844/pl_181_-_2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6846/pl_182_-_2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6849/pl_183_-_2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6852/pl_184_-_2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6853/pl_185_-_2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6854/pl_186_-_2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6855/pl_187_-_2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6856/pl_188_-_2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6857/pl_189_-_2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6858/pl_190-2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6859/pl_191-2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6860/pl_192-2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6861/pl_193-2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6862/pl_196-2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6863/pl_197-2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6864/pl_198-2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6865/pl_199-2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6512/pl_001-2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6513/pl_002-2017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6514/pl_003-2017.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6515/pl_004-2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6516/pl_005-2017.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6518/pl_007-2017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6520/pl_009-2017.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6521/pl_010-2017.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6524/pl_011-2017.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6525/pl_012-2017.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6528/pl_013-2017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6529/pl_014-2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6530/pl_015-2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6533/pl_016-2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6565/pl_017-2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6566/pl_018-2017.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6567/pl_019-2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6568/pl_020-2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6569/pl_021-2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6570/pl_022-2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6571/pl_023-2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6572/pl_024-2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6573/pl_025-2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6574/pl_026-2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6575/pl_027-2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6576/pl_028-2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6578/pl_029-2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6579/pl_030-2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6580/pl_033-2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6581/pl_034-2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6582/pl_035-2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6584/pl_036-2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6585/pl_037-2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6587/pl_038-2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6588/pl_039-2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6590/pl_040-2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6593/pl_042-2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6595/pl_043-2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6596/pl_044-2017.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6599/pl_045-2017.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6600/pl_046-2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6602/pl_047-2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6603/pl_048-2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6604/pl_049-2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6605/pl_050-2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6606/pl_051-2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6607/pl_052-2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6613/pl_053-2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6614/pl_054-2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6511/pl__179_-_2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6577/pl_001-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6583/pl_002-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6586/pl_003-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6589/pl_004-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6591/pl_005-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6517/pl_006-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6592/pl_007-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6594/pl_009-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6597/pl_010-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6598/pl_011-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6601/pl_012-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6608/pl_013-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6609/pl_014-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6610/pl_015-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6611/pl_016-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6612/pl_017-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6615/pl_018-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6616/pl_019-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6617/pl_020-2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6618/pl_021-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6619/pl_022-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6620/pl_023-2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6621/pl_024-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6622/pl_025-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6623/pl_026-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6624/pl_027-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6625/pl_028-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6626/pl_029-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6627/pl_030-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6628/pl_033-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6629/pl_034-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6630/pl_035-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6631/pl_036-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6632/pl_037-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6633/pl_038-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6634/pl_039-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6635/pl_040-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6636/pl_042-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6637/pl_043-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6638/pl_044-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6639/pl_045-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6640/pl_046-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6641/pl_047-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6642/pl_048-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6643/pl_049-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6644/pl_050-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6645/pl_051-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6646/pl_052-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6647/pl_053-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6648/pl_054-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6649/pl_055-2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6650/pl_056-2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6651/pl_057-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6652/pl_058-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6653/pl_059-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6654/pl_060-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6655/pl_061-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6656/pl_062-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6657/pl_063-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6658/pl_064-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6659/pl_065-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6661/pl_066-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6662/pl_067-2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6665/pl_068-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6667/pl_069-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6669/pl_070-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6671/pl_071-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6673/pl_072-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6675/pl_073-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6676/pl_074-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6677/pl_075-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6680/pl_076-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6682/pl_077-2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6683/pl_078-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6684/pl_079-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6686/pl_080-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6688/pl_081-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6689/pl_082-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6691/pl_083-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6733/pl_084-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6734/pl_085-2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6735/pl_086-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6694/pl_087-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6695/pl_088-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6736/pl_089-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6737/pl_090-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6696/pl_091-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6699/pl_092-2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6700/pl_093-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6702/pl_094-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6704/pl_095-2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6707/pl_096-2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6726/pl_097-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6727/pl_098-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6728/pl_099-2017_-_lei_n_4.990-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6729/pl_100-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6730/pl_101-2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6731/pl_102-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6732/pl_103-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6738/pl_104-2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6739/pl_105-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6740/pl_106-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6741/pl_107-2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6742/pl_108-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6743/pl_109-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6744/pl_110-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6745/pl_011-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6746/pl_112-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6747/pl_113-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6748/pl_114-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6749/pl_115-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6751/pl_116-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6752/pl_117-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6753/pl_118-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6755/pl_119-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6756/pl_120-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6758/pl_122-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6759/pl_123-2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6760/pl_124-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6761/pl_126-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6762/pl_127-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6763/pl_128-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6764/pl_129-2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6765/pl_130-2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6766/pl_131-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6767/pl_132-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6768/pl_134_-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6769/pl_135_-_2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6770/pl_137_-_2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6771/pl_137_-_2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6772/pl_138_-_2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6774/pl_139_-_2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6777/pl_140_-_2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6780/pl_141_-_2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6783/pl_143_-_2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6785/pl_144_-_2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6787/pl_145_-_2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6788/pl_146_-_2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6790/pl_147_-_2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6792/pl_148_-_2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6793/pl_151_-_2017.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6795/pl_152_-_2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6797/pl_153_-_2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6798/pl_154_-_2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6799/pl_155_-_2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6800/pl_156_-_2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6801/pl_157-2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6802/pl_158_-_2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6804/pl_159_-_2017.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6806/pl_160_-_2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6809/pl_161_-2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6811/pl_162_-_2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6812/pl_163_-_2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6813/pl_164_-_2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6814/pl_165_-_2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6815/pl_166_-_2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6816/pl_167_-_2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6817/pl_168_-_2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6818/pl_169_-2017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6820/pl_170_-_2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6824/pl_171_-_2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6827/pl_173_-_2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6834/pl_175_-_2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6836/pl_176_-_2017.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6839/pl_178_-_2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6842/pl_180_-_2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6844/pl_181_-_2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6846/pl_182_-_2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6849/pl_183_-_2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6852/pl_184_-_2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6853/pl_185_-_2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6854/pl_186_-_2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6855/pl_187_-_2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6856/pl_188_-_2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6857/pl_189_-_2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6858/pl_190-2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6859/pl_191-2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6860/pl_192-2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6861/pl_193-2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6862/pl_196-2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6863/pl_197-2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6864/pl_198-2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6865/pl_199-2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6512/pl_001-2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6513/pl_002-2017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6514/pl_003-2017.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6515/pl_004-2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6516/pl_005-2017.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6518/pl_007-2017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6520/pl_009-2017.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6521/pl_010-2017.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6524/pl_011-2017.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6525/pl_012-2017.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6528/pl_013-2017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6529/pl_014-2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6530/pl_015-2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6533/pl_016-2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6565/pl_017-2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6566/pl_018-2017.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6567/pl_019-2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6568/pl_020-2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6569/pl_021-2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6570/pl_022-2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6571/pl_023-2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6572/pl_024-2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6573/pl_025-2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6574/pl_026-2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6575/pl_027-2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6576/pl_028-2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6578/pl_029-2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6579/pl_030-2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6580/pl_033-2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6581/pl_034-2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6582/pl_035-2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6584/pl_036-2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6585/pl_037-2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6587/pl_038-2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6588/pl_039-2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6590/pl_040-2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6593/pl_042-2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6595/pl_043-2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6596/pl_044-2017.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6599/pl_045-2017.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6600/pl_046-2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6602/pl_047-2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6603/pl_048-2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6604/pl_049-2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6605/pl_050-2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6606/pl_051-2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6607/pl_052-2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6613/pl_053-2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6614/pl_054-2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2017/6511/pl__179_-_2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H235"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="44.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>