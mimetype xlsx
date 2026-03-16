--- v0 (2025-10-23)
+++ v1 (2026-03-16)
@@ -54,954 +54,954 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5928</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal - Gabinete do Prefeito - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5928/pl_001-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5928/pl_001-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a revisão geral anual da remuneração dos servidores do Poder Executivo Municipal e adota outras providências.</t>
   </si>
   <si>
     <t>5929</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5929/pl_002-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5929/pl_002-2019.pdf</t>
   </si>
   <si>
     <t>5930</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5930/pl_004-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5930/pl_004-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a obrigatoriedade de afixação de placa com informações sobre despesas em eventos promovidos, patrocinados ou com emprego de dinheiro público municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>5931</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5931/pl_005-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5931/pl_005-2019.pdf</t>
   </si>
   <si>
     <t>REVOGA a lei nº 5.029, de 03 de novembro de 2017, que autorizou o Poder Executivo a doar imóvel do município de Caicó.</t>
   </si>
   <si>
     <t>5934</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5934/pl_006-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5934/pl_006-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a obrigatoriedade de aquisição de gêneros alimentícios proveniente da Agricultura Familiar, do Produtor Rural e de Associações e/ou Cooperativas produzidos em âmbito local e dá outras providências.</t>
   </si>
   <si>
     <t>5935</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5935/pl_007-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5935/pl_007-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a revisão anual aos servidores do Magistério Público, e adota outras providências.</t>
   </si>
   <si>
     <t>5936</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>Mesa Diretora</t>
-[...2 lines deleted...]
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5936/pl_008-2019.pdf</t>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5936/pl_008-2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE o reajuste salarial dos servidores de carreira da Câmara Municipal de Caicó-RN, de acordo com o previsto no plano de cargos, carreiras e salários da categoria, lei nº 4.837/2016.</t>
   </si>
   <si>
     <t>5937</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5937/pl_010-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5937/pl_010-2019.pdf</t>
   </si>
   <si>
     <t>RECONHECE de utilidade pública municipal a Associação Cultural Trapiá e dá outras providências.</t>
   </si>
   <si>
     <t>5938</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5938/pl_011-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5938/pl_011-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre o pagamento de adicional de produtividade aos médicos lotados no Hospital do Seridó.</t>
   </si>
   <si>
     <t>5939</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/</t>
+    <t>http://sapl.caico.rn.leg.br/media/</t>
   </si>
   <si>
     <t>TORNA obrigatória a revisão geral anual, automática, da remuneração dos servidores efetivos e comissionados municipais na data base anual, após divulgação dos índices oficiais, autoriza o Executivo Municipal por decreto, a proceder a referida revisão e adota outras providências.</t>
   </si>
   <si>
     <t>5940</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5940/pl_014-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5940/pl_014-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI o programa municipal de inserção do idoso, e dá outras providências.</t>
   </si>
   <si>
     <t>5941</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Alisson Jackson</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5941/pl_015-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5941/pl_015-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a denominação de uma artéria projetada no município de Caicó-RN e dá outras providências.</t>
   </si>
   <si>
     <t>5942</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5942/pl_016-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5942/pl_016-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a implantação de orientação vocacional nas escolas públicas municipais.</t>
   </si>
   <si>
     <t>5943</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5943/pl_017-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5943/pl_017-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre o programa Cidadania nas Escolas da rede Pública Municipal da cidade de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>5959</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5959/pl_018-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5959/pl_018-2019.pdf</t>
   </si>
   <si>
     <t>CRIA o "Programa Artistas da Terra" que estabelece a obrigatoriedade de disponibilização de oportunidade para apresentação de grupos, bandas, cantores ou instrumentistas locais na abertura de eventos musicais que contem financiamento público municipal, no âmbito do município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>5960</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5960/pl_019-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5960/pl_019-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA a redação da lei municipal nº 4.263 de 06 de dezembro de 2007 que cria o Conselho Municipal dos Direitos da Pessoa com Deficiência de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>5962</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5962/pl_020-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5962/pl_020-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI, nas escolas da rede pública e privada de ensino no âmbito municipal, atividades que tenham por objetivo transmitir aos alunos informações sobre as consequências do uso de drogas lícitas e ilícitas.</t>
   </si>
   <si>
     <t>5963</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5963/pl_021-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5963/pl_021-2019.pdf</t>
   </si>
   <si>
     <t>5966</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5966/pl_022-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5966/pl_022-2019.pdf</t>
   </si>
   <si>
     <t>REGULA no âmbito municipal a aplicação do artigo 55, inciso II da lei federal 8.666/93, obrigando a utilização do seguro-garantia de execução de contratos públicos de obras e de fornecimento de bens ou serviços, denominando essa modalidade e aplicação da lei, como Seguro Anticorrupção - SAC; e dá outras providências.</t>
   </si>
   <si>
     <t>5968</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5968/pl_024-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5968/pl_024-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI  o dia municipal do radioamador no âmbito do município de Caicó - RN e dá outras providências.</t>
   </si>
   <si>
     <t>5970</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Ivanildo do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5970/pl_025-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5970/pl_025-2019.pdf</t>
   </si>
   <si>
     <t>5972</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5972/pl_026-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5972/pl_026-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre criação do Dia do Violeiro no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5975</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5975/pl_027-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5975/pl_027-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a denominação de uma artéria projetada no município de Caicó - RN e dá ouras providências.</t>
   </si>
   <si>
     <t>5977</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Andinho Duarte</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5977/pl_028-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5977/pl_028-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre denominação de artéria projetada no município de Caicó - RN e dá outras providências.</t>
   </si>
   <si>
     <t>5978</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5978/pl_029-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5978/pl_029-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a denominação de uma artéria projetada no município de Caicó - RN, e dá outras providências.</t>
   </si>
   <si>
     <t>5980</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5980/pl_030-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5980/pl_030-2019.pdf</t>
   </si>
   <si>
     <t>5982</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5982/pl_031-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5982/pl_031-2019.pdf</t>
   </si>
   <si>
     <t>5984</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Lobão</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5984/pl_032-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5984/pl_032-2019.pdf</t>
   </si>
   <si>
     <t>5986</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5986/pl_034-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5986/pl_034-2019.pdf</t>
   </si>
   <si>
     <t>5987</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5987/pl_035-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5987/pl_035-2019.pdf</t>
   </si>
   <si>
     <t>5989</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5989/pl_036-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5989/pl_036-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI a Semana do Empreendedorismo ao Cooperativismo nas Escolas Públicas de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>5993</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5993/pl_037-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5993/pl_037-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre normas referentes ao plantio de árvores nativas da região do Seridó, fruteiras e outras árvores de grande porte em áreas onde se encontram postes de energia elétrica e dá outras providências.</t>
   </si>
   <si>
     <t>5995</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5995/pl_039-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5995/pl_039-2019.pdf</t>
   </si>
   <si>
     <t>5998</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5998/pl_040-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5998/pl_040-2019.pdf</t>
   </si>
   <si>
     <t>ASSEGURA todas as informações e direito de atendimento aos deficientes auditivos por meio da Língua Brasileira de Sinais - LIBRAS, em todas as instituições públicas municipais de Caicó.</t>
   </si>
   <si>
     <t>5999</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5999/pl_041-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5999/pl_041-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI no âmbito do município de Caicó a semana de incentivo a literatura de cordel na rede escolar do município que acontecerá no mês de Agosto do ano letivo.</t>
   </si>
   <si>
     <t>6000</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6000/pl_042-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6000/pl_042-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a denominação de uma artéria projetada no município de Caicó e dá outras providências.</t>
   </si>
   <si>
     <t>6001</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6001/pl_043-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6001/pl_043-2019.pdf</t>
   </si>
   <si>
     <t>CRIA o Componente Municipal de Gratificação de Desempenho para os profissionais de saúde que compõem o Centro Especializado de Reabilitação - CER III.</t>
   </si>
   <si>
     <t>6002</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6002/pl_044-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6002/pl_044-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA, acresce alíneas e incisos, e estabelece diretrizes a novas funções da lei municipal n°4.134/20005, e adota outras providências.</t>
   </si>
   <si>
     <t>6003</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Rosângela de Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6003/pl_045-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6003/pl_045-2019.pdf</t>
   </si>
   <si>
     <t>6004</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6004/pl_047-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6004/pl_047-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a criação e extinção de dispositivos das leis municipais n°4.134, de 03 de março de 2005 e n°4.487, de 09 de dezembro de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>6005</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6005/pl_048-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6005/pl_048-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI  o Programa de Recuperação Fiscal - REFIS, no Município de Caicó/RN, autorizando o Poder Executivo Municipal a dispensar juros e multas dos débitos tributários, bem como, conceder parcelamentos relativos a esses tributos e dá outras providências.</t>
   </si>
   <si>
     <t>6007</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6007/pl_049-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6007/pl_049-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobe a denominação de uma artéria projetada no município de Caicó/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>6008</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Diogo Silva</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6008/pl_050-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6008/pl_050-2019.pdf</t>
   </si>
   <si>
     <t>RECONHECE de Utilidade Pública Municipal a Associação Desportiva Fénix - ADESEF, e dá outras providências.</t>
   </si>
   <si>
     <t>6009</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6009/pl_051-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6009/pl_051-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA a divulgação nas máquinas e veículos públicos dos produtos produzidos no Município e dá outras providências.</t>
   </si>
   <si>
     <t>6011</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6011/pl_052-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6011/pl_052-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a reserva mínima de 5% (cinco por cento) de banheiros químicos para crianças e adolescentes em eventos realizados no Município de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>6012</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6012/pl_053-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6012/pl_053-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a criação do Serviço de Inspeção Municipal de Produtos de origem animal - SIM e os procedimentos de fiscalização sanitária do Município de Caicó/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>6014</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6014/pl_055-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6014/pl_055-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a obrigatoriedade dos administradores de bares, casas de shows e estabelecimentos similares em Caicó, a adotarem medidas de segurança que visem a proteção das mulheres em suas dependências.</t>
   </si>
   <si>
     <t>6016</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6016/pl_056-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6016/pl_056-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI  o PEE-  Programa Educação nas Escolas Públicas do Município de Caicó.</t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6018/pl_057-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6018/pl_057-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI no Município de Caicó a Semana de combate ao mosquito Aedes Aegypti e dá outras providências.</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6020/pl_058-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6020/pl_058-2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE a fixação de cartazes informativos de prioridade especial para idosos maiores de 80 anos em estabelecimentos de prestação de serviços públicos e dá outras providências.</t>
   </si>
   <si>
     <t>6277</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Ivonete Dantas</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6277/pl_059-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6277/pl_059-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre o Programa de Valorização da Cultura Brasileira, no Município de Caicó e dá outras providência.</t>
   </si>
   <si>
     <t>6023</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6023/pl_060-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6023/pl_060-2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE reserva de vagas de 30% (trinta por cento) em creches municipais para crianças que preencham os requisitos estabelecidos e dá outras providências.</t>
   </si>
   <si>
     <t>6024</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6024/pl_061-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6024/pl_061-2019.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA o artigo nº 35 da lei municipal nº 4.348/2009 que trata do adicional de produtividade no âmbito do Município de Caicó.</t>
   </si>
   <si>
     <t>6025</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6025/pl_062-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6025/pl_062-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA a doação de cestas básicas a famílias de baixa renda e dá outras providências.</t>
   </si>
   <si>
     <t>6026</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6026/pl_063-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6026/pl_063-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a denominação da quadra de areia no Município de Caicó/RN e dá outras providências.</t>
   </si>
   <si>
     <t>6028</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6028/pl_068-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6028/pl_068-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre denominação de uma artéria localizada no entre rios.</t>
   </si>
   <si>
     <t>6029</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6029/pl_069-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6029/pl_069-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre o processo de castração com procedimento cirúrgico em caninos e felinos de rua ou domiciliados no Município de Caicó, e dá outras providências.</t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6030/pl_070-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6030/pl_070-2019.pdf</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6031/pl_071-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6031/pl_071-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a realização do Teste de Acuidade Auditiva (Audiometria) para os alunos da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>6032</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6032/pl_072-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6032/pl_072-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre o Programa de Regulamentação e Incentivo ao Desenvolvimento de Nanocervejarias e de Cervejeiros Caseiros Profissionais no âmbito do Município de Caicó/RN e dá outras providências.</t>
   </si>
   <si>
     <t>6033</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6033/pl_073-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6033/pl_073-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobe a denominação de um Logradouro Público, e dá outras providências.</t>
   </si>
   <si>
     <t>6036</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6036/pl_076-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6036/pl_076-2019.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA o resgate de enfiteuses constituídos em terrenos do patrimônio foreiro do Município de Caicó (RN) e cria o Núcleo de Conciliação Administrativa, vinculado à Procuradoria Geral do Município.</t>
   </si>
   <si>
     <t>6046</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Pastor Erinaldo Lino</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6046/pl_078-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6046/pl_078-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI algumas regras de segurança para a condução responsável de cães em locais abertos e com fluxo de pessoas, no âmbito do Município de Caicó-RN e dá outras providências.</t>
   </si>
   <si>
     <t>6047</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6047/pl_081-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6047/pl_081-2019.pdf</t>
   </si>
   <si>
     <t>RECONHECE de Utilidade Pública Municipal a Igreja Evangélica Assembleia de Deus e dá outras providências.</t>
   </si>
   <si>
     <t>6048</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6048/pl_082-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6048/pl_082-2019.pdf</t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6049/pl_083-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6049/pl_083-2019.pdf</t>
   </si>
   <si>
     <t>DIPÕE sobre a denominação de Capela no Cemitério São Vicente de Paulo no município de Caicó - RN e dá outras providências.</t>
   </si>
   <si>
     <t>6050</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6050/pl_084-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6050/pl_084-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a publicação e atualização mensal da lista de espera dos pacientes que aguardam consultas, exames, intervenções cirúrgicas e quaisquer outros procedimentos na rede pública municipal de saúde e da lista com a previsão de procedimentos a serem realizados a cada mês, e dá outras providências.</t>
   </si>
   <si>
     <t>6051</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6051/pl_085-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6051/pl_085-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a denominação da Brinquedoteca do Hospital do Seridó, no Município de Caicó/RN, ainda sem denominação.</t>
   </si>
   <si>
     <t>6052</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6052/pl_086-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6052/pl_086-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a denominação de uma artéria projetada no município de Caicó - RN e dá outras providências.</t>
   </si>
   <si>
     <t>6053</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6053/pl_088-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6053/pl_088-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a revisão geral anual da remuneração dos servidores do Poder Executivo Municipal, ano 2020, e adota outras providências.</t>
   </si>
   <si>
     <t>6054</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6054/pl_090-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6054/pl_090-2019.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA o artigo nº 35 da Lei Municipal nº 4.384/2009 que trata do adicional de produtividade no âmbito do Município de Caicó.</t>
   </si>
   <si>
     <t>6055</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6055/pl_091-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6055/pl_091-2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE o Piso Salarial dos Procuradores Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>6056</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6056/pl_092-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6056/pl_092-2019.pdf</t>
   </si>
   <si>
     <t>6057</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6057/pl_093-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6057/pl_093-2019.pdf</t>
   </si>
   <si>
     <t>6058</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6058/pl_094-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6058/pl_094-2019.pdf</t>
   </si>
   <si>
     <t>6059</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6059/pl_095-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6059/pl_095-2019.pdf</t>
   </si>
   <si>
     <t>6060</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6060/pl_096-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6060/pl_096-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobe a denominação de uma artéria localizada entre rios.</t>
   </si>
   <si>
     <t>6061</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6061/pl_097-2019.pdf</t>
+    <t>http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6061/pl_097-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a denominação de uma artéria localizada entre rios.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1308,67 +1308,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5928/pl_001-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5929/pl_002-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5930/pl_004-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5931/pl_005-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5934/pl_006-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5935/pl_007-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5936/pl_008-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5937/pl_010-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5938/pl_011-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5940/pl_014-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5941/pl_015-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5942/pl_016-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5943/pl_017-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5959/pl_018-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5960/pl_019-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5962/pl_020-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5963/pl_021-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5966/pl_022-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5968/pl_024-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5970/pl_025-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5972/pl_026-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5975/pl_027-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5977/pl_028-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5978/pl_029-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5980/pl_030-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5982/pl_031-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5984/pl_032-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5986/pl_034-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5987/pl_035-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5989/pl_036-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5993/pl_037-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5995/pl_039-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5998/pl_040-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5999/pl_041-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6000/pl_042-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6001/pl_043-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6002/pl_044-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6003/pl_045-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6004/pl_047-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6005/pl_048-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6007/pl_049-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6008/pl_050-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6009/pl_051-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6011/pl_052-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6012/pl_053-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6014/pl_055-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6016/pl_056-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6018/pl_057-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6020/pl_058-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6277/pl_059-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6023/pl_060-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6024/pl_061-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6025/pl_062-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6026/pl_063-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6028/pl_068-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6029/pl_069-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6030/pl_070-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6031/pl_071-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6032/pl_072-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6033/pl_073-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6036/pl_076-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6046/pl_078-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6047/pl_081-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6048/pl_082-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6049/pl_083-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6050/pl_084-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6051/pl_085-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6052/pl_086-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6053/pl_088-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6054/pl_090-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6055/pl_091-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6056/pl_092-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6057/pl_093-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6058/pl_094-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6059/pl_095-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6060/pl_096-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6061/pl_097-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5928/pl_001-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5929/pl_002-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5930/pl_004-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5931/pl_005-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5934/pl_006-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5935/pl_007-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5936/pl_008-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5937/pl_010-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5938/pl_011-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5940/pl_014-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5941/pl_015-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5942/pl_016-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5943/pl_017-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5959/pl_018-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5960/pl_019-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5962/pl_020-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5963/pl_021-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5966/pl_022-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5968/pl_024-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5970/pl_025-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5972/pl_026-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5975/pl_027-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5977/pl_028-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5978/pl_029-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5980/pl_030-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5982/pl_031-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5984/pl_032-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5986/pl_034-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5987/pl_035-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5989/pl_036-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5993/pl_037-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5995/pl_039-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5998/pl_040-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/5999/pl_041-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6000/pl_042-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6001/pl_043-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6002/pl_044-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6003/pl_045-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6004/pl_047-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6005/pl_048-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6007/pl_049-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6008/pl_050-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6009/pl_051-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6011/pl_052-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6012/pl_053-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6014/pl_055-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6016/pl_056-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6018/pl_057-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6020/pl_058-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6277/pl_059-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6023/pl_060-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6024/pl_061-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6025/pl_062-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6026/pl_063-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6028/pl_068-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6029/pl_069-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6030/pl_070-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6031/pl_071-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6032/pl_072-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6033/pl_073-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6036/pl_076-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6046/pl_078-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6047/pl_081-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6048/pl_082-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6049/pl_083-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6050/pl_084-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6051/pl_085-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6052/pl_086-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6053/pl_088-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6054/pl_090-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6055/pl_091-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6056/pl_092-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6057/pl_093-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6058/pl_094-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6059/pl_095-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6060/pl_096-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caico.rn.leg.br/media/sapl/public/materialegislativa/2019/6061/pl_097-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="44.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>